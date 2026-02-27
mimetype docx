--- v0 (2025-10-15)
+++ v1 (2026-02-27)
@@ -1,50 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="-693"/>
@@ -220,59 +214,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
               </w:rPr>
               <w:t>ime</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4FF6A5B2" w14:textId="77777777" w:rsidR="006F330E" w:rsidRPr="00090CB5" w:rsidRDefault="006F330E" w:rsidP="003823C4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:right="-447"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52A8AED3" w14:textId="531ED3F6" w:rsidR="00825243" w:rsidRPr="001439A7" w:rsidRDefault="004F5B18" w:rsidP="00DE5512">
+    <w:p w14:paraId="374A7502" w14:textId="77777777" w:rsidR="00C57F45" w:rsidRDefault="004F5B18" w:rsidP="00792C29">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F5B18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When a child, young person or family </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004F5B18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is in need of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004F5B18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -289,101 +283,98 @@
       </w:r>
       <w:r w:rsidRPr="004F5B18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, their family and practitioners working with them to clearly record how things are for the family </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004F5B18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>at the moment</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004F5B18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, strengths and needs, followed by a plan which will help to improve the family circumstances.</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C807C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strengths and needs, followed by a plan which will help to improve the family circumstances.</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5213" w:rsidRPr="007F5213">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5798CB71" w14:textId="77777777" w:rsidR="00825243" w:rsidRPr="001439A7" w:rsidRDefault="00825243" w:rsidP="004F5B18">
-[...10 lines deleted...]
-    <w:p w14:paraId="074BF5EE" w14:textId="2C47BFE0" w:rsidR="00E5519E" w:rsidRPr="001439A7" w:rsidRDefault="004F5B18" w:rsidP="00825243">
+    <w:p w14:paraId="52A8AED3" w14:textId="22768148" w:rsidR="00825243" w:rsidRPr="001439A7" w:rsidRDefault="000767D0" w:rsidP="00792C29">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00825243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The EHA should be completed in collaboration with the child/young person and family</w:t>
+        <w:t xml:space="preserve">The assessment should be completed </w:t>
       </w:r>
-      <w:r w:rsidR="00154F70" w:rsidRPr="00825243">
+      <w:r w:rsidR="007F5213" w:rsidRPr="00825243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and they should receive a copy of all relevant documents.</w:t>
+        <w:t>in collaboration with the child/young person and family, and they should receive a copy of all relevant documents.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5061BD" w14:textId="77777777" w:rsidR="003F0D63" w:rsidRPr="001439A7" w:rsidRDefault="003F0D63" w:rsidP="004F5B18">
+    <w:p w14:paraId="5798CB71" w14:textId="77777777" w:rsidR="00825243" w:rsidRPr="001439A7" w:rsidRDefault="00825243" w:rsidP="004F5B18">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C2AC8F2" w14:textId="77777777" w:rsidR="00E5519E" w:rsidRPr="00090CB5" w:rsidRDefault="00E5519E" w:rsidP="007424D0">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="774671D7" w14:textId="71D13659" w:rsidR="001439A7" w:rsidRDefault="650C0003" w:rsidP="11CD074D">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
@@ -531,51 +522,112 @@
             <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0563C1"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Early Help Assessment Practitioner Guidance</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkStart w:id="2" w:name="_Hlk173766732"/>
     </w:p>
     <w:p w14:paraId="197C1A91" w14:textId="77777777" w:rsidR="003823C4" w:rsidRPr="00090CB5" w:rsidRDefault="003823C4" w:rsidP="003823C4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40910BD4" w14:textId="77777777" w:rsidR="00E5519E" w:rsidRDefault="00E5519E" w:rsidP="003823C4">
+    <w:p w14:paraId="40910BD4" w14:textId="77777777" w:rsidR="00E5519E" w:rsidRPr="00F07BD2" w:rsidRDefault="00E5519E" w:rsidP="003823C4">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="-426" w:right="-589"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1762A32E" w14:textId="471E8A36" w:rsidR="00401866" w:rsidRDefault="00401866" w:rsidP="00401866">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:ind w:left="-426" w:right="-589"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004827AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The EHA should be completed using the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="00CE5255">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>SSCP Effective Support for Children and Families</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004827AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to facilitate the identification of needs and assist professional judgement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F712ED2" w14:textId="77777777" w:rsidR="00401866" w:rsidRDefault="00401866" w:rsidP="00401866">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="162268DF" w14:textId="6BDF11DC" w:rsidR="00E5519E" w:rsidRDefault="00E5519E" w:rsidP="003823C4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00681CDB">
@@ -701,64 +753,76 @@
       <w:r w:rsidR="004F4DDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidR="00512510" w:rsidRPr="00681CDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or font style</w:t>
       </w:r>
       <w:r w:rsidR="004F4DDB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="053D2B17" w14:textId="77777777" w:rsidR="00E5519E" w:rsidRDefault="00E5519E" w:rsidP="003823C4">
+    <w:p w14:paraId="053D2B17" w14:textId="77777777" w:rsidR="00E5519E" w:rsidRPr="00F07BD2" w:rsidRDefault="00E5519E" w:rsidP="003823C4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="399FF29B" w14:textId="177F9FCE" w:rsidR="000400EE" w:rsidRDefault="002A1439" w:rsidP="003823C4">
+    <w:p w14:paraId="58143469" w14:textId="77777777" w:rsidR="003C431D" w:rsidRPr="00401866" w:rsidRDefault="003C431D" w:rsidP="003C431D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:ind w:left="-426" w:right="-589"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60724BDB" w14:textId="2443A97D" w:rsidR="00C7628D" w:rsidRDefault="002A1439" w:rsidP="00401866">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00040F54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If the child/young person has an </w:t>
       </w:r>
       <w:r w:rsidR="00E5519E" w:rsidRPr="00040F54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -877,64 +941,50 @@
         </w:rPr>
         <w:t>9 only</w:t>
       </w:r>
       <w:r w:rsidR="00012CE0" w:rsidRPr="00040F54">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B07FE0" w14:textId="77777777" w:rsidR="003823C4" w:rsidRPr="00090CB5" w:rsidRDefault="003823C4" w:rsidP="003823C4">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4936455F" w14:textId="77777777" w:rsidR="00E5519E" w:rsidRDefault="00E5519E" w:rsidP="00040F54">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="482AED10" w14:textId="2E6DE6A6" w:rsidR="006F330E" w:rsidRPr="00CB4D44" w:rsidRDefault="003613F2" w:rsidP="00040F54">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB4D44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All items marked with * are mand</w:t>
       </w:r>
       <w:r w:rsidR="0003299C" w:rsidRPr="00CB4D44">
         <w:rPr>
@@ -965,61 +1015,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00F607F5" w:rsidRPr="00CB4D44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="0003299C" w:rsidRPr="00CB4D44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be completed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36654E7B" w14:textId="77777777" w:rsidR="00E12B14" w:rsidRDefault="00E12B14" w:rsidP="00040F54">
+    <w:p w14:paraId="36654E7B" w14:textId="77777777" w:rsidR="00E12B14" w:rsidRPr="00F07BD2" w:rsidRDefault="00E12B14" w:rsidP="00040F54">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:left="-426" w:right="-589"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="C00000"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10581" w:type="dxa"/>
         <w:tblInd w:w="-663" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3919"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
       <w:tr w:rsidR="00384413" w:rsidRPr="008A452B" w14:paraId="6D283DBE" w14:textId="77777777" w:rsidTr="00DE6A80">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10581" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
@@ -1165,51 +1215,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EDD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="808080"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1022079191"/>
             <w:placeholder>
               <w:docPart w:val="700EE06F9C6A49DE88E2EFA7EA32FA94"/>
             </w:placeholder>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6662" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="5BDCA5C2" w14:textId="681F6BB1" w:rsidR="00384413" w:rsidRPr="008A452B" w:rsidRDefault="008F77F9">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:spacing w:after="0"/>
                   <w:ind w:left="0" w:right="43"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008F77F9">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1417,51 +1466,50 @@
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:alias w:val="CLA"/>
             <w:tag w:val="CLA"/>
             <w:id w:val="1988051079"/>
             <w:placeholder>
               <w:docPart w:val="3EA38E37A8BC44B3A7CC261EA896028C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6662" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="02BB4E18" w14:textId="77777777" w:rsidR="00384413" w:rsidRPr="008A452B" w:rsidRDefault="00384413">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:spacing w:after="0"/>
                   <w:ind w:left="0" w:right="43"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00BD08C1">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
@@ -1582,51 +1630,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date EHA started</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="51132596"/>
             <w:placeholder>
               <w:docPart w:val="FF3A27A3D11D4BB8909C5960E2C99F44"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6662" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="588F8C1B" w14:textId="77777777" w:rsidR="00E12B14" w:rsidRPr="008A452B" w:rsidRDefault="00E12B14">
                 <w:pPr>
                   <w:pStyle w:val="ListParagraph"/>
                   <w:spacing w:after="0"/>
                   <w:ind w:left="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00276CBF">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -1953,115 +2000,79 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76417E93" w14:textId="77777777" w:rsidR="00E12B14" w:rsidRPr="008A452B" w:rsidRDefault="00E12B14">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="37AB8D53" w14:textId="77777777" w:rsidR="008E6C7A" w:rsidRPr="00040F54" w:rsidRDefault="008E6C7A" w:rsidP="00040F54">
-[...13 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="31D566F7" w14:textId="4913DDAE" w:rsidR="000400EE" w:rsidRPr="00D724B4" w:rsidRDefault="000400EE" w:rsidP="00040F54">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-426" w:right="-447"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A2C2E1C" w14:textId="77777777" w:rsidR="003823C4" w:rsidRPr="005150EF" w:rsidRDefault="003823C4" w:rsidP="00040F54">
+    <w:p w14:paraId="151E43E4" w14:textId="77777777" w:rsidR="00F07BD2" w:rsidRDefault="00F07BD2" w:rsidP="007424D0">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="-426" w:right="-447"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="381CD5DE" w14:textId="0B39DC16" w:rsidR="008E6C7A" w:rsidRPr="00A229E3" w:rsidRDefault="00EE37D4" w:rsidP="007424D0">
+    <w:p w14:paraId="381CD5DE" w14:textId="2FDEE5AF" w:rsidR="008E6C7A" w:rsidRPr="00A229E3" w:rsidRDefault="00EE37D4" w:rsidP="007424D0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A229E3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Agreement to </w:t>
       </w:r>
       <w:r w:rsidR="007424D0" w:rsidRPr="00A229E3">
         <w:rPr>
           <w:b/>
@@ -2091,51 +2102,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00825243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If there is an immediate risk to a child/young person, please call 0300 123 2224 and then send this EHA to</w:t>
       </w:r>
       <w:r w:rsidRPr="00825243">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00825243">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>SDInputters@somerset.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="10581" w:type="dxa"/>
         <w:tblInd w:w="-663" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10581"/>
@@ -2721,51 +2732,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1286118799"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="dd/MM/yyyy"/>
                   <w:lid w:val="en-GB"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A5C1B" w:rsidRPr="008E5601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="0070C0"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001A5C1B" w:rsidRPr="008E5601">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A4AA1">
               <w:rPr>
@@ -2821,76 +2831,75 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EE37D4" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41FEA493" w14:textId="77777777" w:rsidR="00542F38" w:rsidRPr="00C96A17" w:rsidRDefault="00542F38" w:rsidP="00E5519E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Noto Sans"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1F2E1258" w14:textId="7115F008" w:rsidR="00617139" w:rsidRPr="005A4AA1" w:rsidRDefault="00DB1E1B" w:rsidP="00E5519E">
+          <w:p w14:paraId="1F2E1258" w14:textId="7115F008" w:rsidR="00617139" w:rsidRPr="005A4AA1" w:rsidRDefault="00000000" w:rsidP="00E5519E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0" w:right="26"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-544206388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B24551">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D62E8B" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EE37D4" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -2938,51 +2947,51 @@
             <w:r w:rsidR="00FC23E9" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">they have understood the terms of the </w:t>
             </w:r>
             <w:r w:rsidR="00B646D1" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>processing of their personal data as set out</w:t>
             </w:r>
             <w:r w:rsidR="00EE37D4" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the privacy notice [</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="00E5519E" w:rsidRPr="005A4AA1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>click here for Privacy Notice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00EE37D4" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="00B646D1" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3338,51 +3347,50 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="766966293"/>
                 <w:placeholder>
                   <w:docPart w:val="4500F2B33635468ABEA614B2F744D66B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="dd/MM/yyyy"/>
                   <w:lid w:val="en-GB"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053275F" w:rsidRPr="008E5601">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="0070C0"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>Click or tap to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001F6FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0053275F" w:rsidRPr="0053275F">
               <w:rPr>
@@ -3574,76 +3582,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Tick all that apply</w:t>
             </w:r>
             <w:r w:rsidR="00697E0A" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63251614" w14:textId="5490A0C7" w:rsidR="00542F38" w:rsidRPr="00E57131" w:rsidRDefault="00DB1E1B" w:rsidP="00542F38">
+          <w:p w14:paraId="63251614" w14:textId="5490A0C7" w:rsidR="00542F38" w:rsidRPr="00E57131" w:rsidRDefault="00000000" w:rsidP="00542F38">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1839191015"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0061379C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0061379C" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00542F38" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -3667,71 +3674,70 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">young person, and they have not consented to participating in this process. </w:t>
             </w:r>
             <w:r w:rsidR="00542F38" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I feel that the concerns I have justify a referral because I have assessed that it would place the child[ren]/young person at risk of harm if I did not request support to Children’s Social Care</w:t>
             </w:r>
             <w:r w:rsidR="00171801" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03C839F8" w14:textId="4A876641" w:rsidR="00317EE1" w:rsidRPr="00E57131" w:rsidRDefault="00DB1E1B" w:rsidP="00975804">
+          <w:p w14:paraId="03C839F8" w14:textId="4A876641" w:rsidR="00317EE1" w:rsidRPr="00E57131" w:rsidRDefault="00000000" w:rsidP="00975804">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1222836437"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0061379C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0061379C" w:rsidRPr="005A4AA1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00975804" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -3799,76 +3805,75 @@
             <w:r w:rsidR="003A6998" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>[ren]/young person</w:t>
             </w:r>
             <w:r w:rsidR="00A9595B" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> is suffering or is likely to suffer significant harm</w:t>
             </w:r>
             <w:r w:rsidR="003A6998" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BA6D43E" w14:textId="57095617" w:rsidR="00124C5E" w:rsidRPr="00E57131" w:rsidRDefault="00DB1E1B" w:rsidP="00124C5E">
+          <w:p w14:paraId="5BA6D43E" w14:textId="57095617" w:rsidR="00124C5E" w:rsidRPr="00E57131" w:rsidRDefault="00000000" w:rsidP="00124C5E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-970432195"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0061379C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001B60F8" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001B60F8" w:rsidRPr="00E57131">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
@@ -4042,51 +4047,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">f there are more than three children/young </w:t>
             </w:r>
             <w:r w:rsidR="0041109F" w:rsidRPr="009D47DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>people,</w:t>
             </w:r>
             <w:r w:rsidR="00D0375A" w:rsidRPr="009D47DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> please download the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="00160276" w:rsidRPr="009D47DF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Additional Children and Young People Form</w:t>
               </w:r>
             </w:hyperlink>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA41EC" w:rsidRPr="008A452B" w14:paraId="2999AAE5" w14:textId="77777777" w:rsidTr="001A0D24">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
@@ -4601,51 +4606,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>estation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1522439277"/>
             <w:placeholder>
               <w:docPart w:val="2403E02D4DE545CDB92090C65282F966"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="6FF44F7C" w14:textId="6CE5184D" w:rsidR="00A35414" w:rsidRPr="008A452B" w:rsidRDefault="00D56354" w:rsidP="000400EE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00583142">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
@@ -4653,102 +4657,100 @@
                   </w:rPr>
                   <w:t>Click to enter a date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-2096005418"/>
             <w:placeholder>
               <w:docPart w:val="920877F4F3F8466B90B16469B8148E05"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0A9A3AD7" w14:textId="2BE23E35" w:rsidR="00A35414" w:rsidRPr="008A452B" w:rsidRDefault="00D56354" w:rsidP="000400EE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00583142">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Click to enter a date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-875317288"/>
             <w:placeholder>
               <w:docPart w:val="35344569D44E469FB303CCB96D998076"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="59D00812" w14:textId="6EB52149" w:rsidR="00A35414" w:rsidRPr="008A452B" w:rsidRDefault="00D56354" w:rsidP="000400EE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00583142">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
@@ -5008,149 +5010,146 @@
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Gender"/>
             <w:tag w:val="Gender"/>
             <w:id w:val="576333845"/>
             <w:placeholder>
               <w:docPart w:val="2BFCA6DE512B42FE9E78F106860B9AE3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Female" w:value="Female"/>
               <w:listItem w:displayText="Male" w:value="Male"/>
               <w:listItem w:displayText="In some other way" w:value="In some other way"/>
               <w:listItem w:displayText="Prefer not to say" w:value="Prefer not to say"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5CF97B3A" w14:textId="35CAD30C" w:rsidR="00DE2ED5" w:rsidRPr="008A452B" w:rsidRDefault="00C67274" w:rsidP="000400EE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C67274">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Gender"/>
             <w:tag w:val="Gender"/>
             <w:id w:val="1174451442"/>
             <w:placeholder>
               <w:docPart w:val="C857D424FA8B4E049CEAC0151AAF5DFA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Female" w:value="Female"/>
               <w:listItem w:displayText="Male" w:value="Male"/>
               <w:listItem w:displayText="In some other way" w:value="In some other way"/>
               <w:listItem w:displayText="Prefer not to say" w:value="Prefer not to say"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69F93FE7" w14:textId="410F51FE" w:rsidR="00DE2ED5" w:rsidRPr="008A452B" w:rsidRDefault="00C67274" w:rsidP="000400EE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C67274">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Gender"/>
             <w:tag w:val="Gender"/>
             <w:id w:val="-1964567015"/>
             <w:placeholder>
               <w:docPart w:val="7688291A5D9F4B3DB408D5BFA88693AD"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Female" w:value="Female"/>
               <w:listItem w:displayText="Male" w:value="Male"/>
               <w:listItem w:displayText="In some other way" w:value="In some other way"/>
               <w:listItem w:displayText="Prefer not to say" w:value="Prefer not to say"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1A1566F9" w14:textId="03C966ED" w:rsidR="00DE2ED5" w:rsidRPr="008A452B" w:rsidRDefault="00C67274" w:rsidP="000400EE">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C67274">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -5971,51 +5970,50 @@
               </w:rPr>
               <w:t>If yes, please answer the next three questions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Young Carers"/>
             <w:tag w:val="Young Carers"/>
             <w:id w:val="1999773410"/>
             <w:placeholder>
               <w:docPart w:val="73B172CD717D46E4A906E87691237AB3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="0B2328D7" w14:textId="5A729B3B" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
@@ -6024,51 +6022,50 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Young Carers"/>
             <w:tag w:val="Young Carers"/>
             <w:id w:val="560836081"/>
             <w:placeholder>
               <w:docPart w:val="AE9108ADF81B4A08A9DF921CC2C59A20"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="5EE28018" w14:textId="32D8229C" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00370293" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
@@ -6077,51 +6074,50 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Young Carers"/>
             <w:tag w:val="Young Carers"/>
             <w:id w:val="-1775088715"/>
             <w:placeholder>
               <w:docPart w:val="F979E6D91C7E46D5A2113792C2634F7F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                   <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
               <w:p w14:paraId="3258F734" w14:textId="5D5ACEC0" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00370293" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
@@ -6410,145 +6406,142 @@
               </w:rPr>
               <w:t>If yes, briefly explain the impact on the child/young person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Disability/Additional Need"/>
             <w:tag w:val="Disability/Additonal Need"/>
             <w:id w:val="-669634449"/>
             <w:placeholder>
               <w:docPart w:val="423F62BBD4084E4189D39724CE94343C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item"/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3642E4F5" w14:textId="5CC1CC8F" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Disability/Additional Need"/>
             <w:tag w:val="Disability/Additonal Need"/>
             <w:id w:val="114413079"/>
             <w:placeholder>
               <w:docPart w:val="2EDE943AAB264738A7D660316FCFF604"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item"/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3F5653AF" w14:textId="5B14EB50" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DE0419" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Disability/Additional Need"/>
             <w:tag w:val="Disability/Additonal Need"/>
             <w:id w:val="1911262975"/>
             <w:placeholder>
               <w:docPart w:val="CC572F07CA5644E997B038CB7D07A0E2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item"/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6DD541C1" w14:textId="1F3E3445" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DE0419" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -6672,182 +6665,179 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>eed</w:t>
             </w:r>
             <w:r w:rsidR="00F774EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (SEN)</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02BB4A76" w14:textId="39B952EB" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DB1E1B" w:rsidP="004E46BA">
+          <w:p w14:paraId="02BB4A76" w14:textId="39B952EB" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Special Educational Needs"/>
                 <w:tag w:val="Special Educational Needs"/>
                 <w:id w:val="415064016"/>
                 <w:placeholder>
                   <w:docPart w:val="645F005FD1764F5CB0AF6583B95D5B30"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="SEN Support" w:value="SEN Support"/>
                   <w:listItem w:displayText="In process of Statutory Assessment" w:value="In process of Statutory Assessment"/>
                   <w:listItem w:displayText="EHC Plan" w:value="EHC Plan"/>
                   <w:listItem w:displayText="Higher needs funding" w:value="Higher needs funding"/>
                   <w:listItem w:displayText="Don't know" w:value="Don't know"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004E46BA" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6624397A" w14:textId="76A14E4D" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DB1E1B" w:rsidP="004E46BA">
+          <w:p w14:paraId="6624397A" w14:textId="76A14E4D" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Special Educational Needs"/>
                 <w:tag w:val="Special Educational Needs"/>
                 <w:id w:val="929856389"/>
                 <w:placeholder>
                   <w:docPart w:val="F2FE32F639E7414BA728BD2EE4799D4A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="SEN Support" w:value="SEN Support"/>
                   <w:listItem w:displayText="In process of Statutory Assessment" w:value="In process of Statutory Assessment"/>
                   <w:listItem w:displayText="EHC Plan" w:value="EHC Plan"/>
                   <w:listItem w:displayText="Higher needs funding" w:value="Higher needs funding"/>
                   <w:listItem w:displayText="Don't know" w:value="Don't know"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE0419" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16BDE866" w14:textId="02BBD103" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DB1E1B" w:rsidP="004E46BA">
+          <w:p w14:paraId="16BDE866" w14:textId="02BBD103" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:alias w:val="Special Educational Needs"/>
                 <w:tag w:val="Special Educational Needs"/>
                 <w:id w:val="166369984"/>
                 <w:placeholder>
                   <w:docPart w:val="E9C25A7D0D434A2597DA7C4C666E33B4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="SEN Support" w:value="SEN Support"/>
                   <w:listItem w:displayText="In process of Statutory Assessment" w:value="In process of Statutory Assessment"/>
                   <w:listItem w:displayText="EHC Plan" w:value="EHC Plan"/>
                   <w:listItem w:displayText="Higher needs funding" w:value="Higher needs funding"/>
                   <w:listItem w:displayText="Don't know" w:value="Don't know"/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DE0419" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4832946C" w14:textId="77777777" w:rsidR="008E6C7A" w:rsidRDefault="008E6C7A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10567" w:type="dxa"/>
         <w:tblInd w:w="-649" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -6879,51 +6869,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">5.  </w:t>
             </w:r>
             <w:r w:rsidR="004E46BA" w:rsidRPr="00253A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Adults in this home and adults who do not live with the child/young person but are important to them </w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidR="004E46BA" w:rsidRPr="0077188E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(if there are more than three adults, please download the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00160276" w:rsidRPr="0077188E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Additional Adults Form</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00160276" w:rsidRPr="0077188E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004E46BA" w:rsidRPr="0077188E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -7275,141 +7265,138 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1248765921"/>
             <w:placeholder>
               <w:docPart w:val="2B0C07C7ED574BA0B7C92C021328E33A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="43704992" w14:textId="5E8A12BE" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00583142">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Click to enter a date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="-1827669260"/>
             <w:placeholder>
               <w:docPart w:val="137C31C14F3C4BD686DFB765670E025B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="45C33011" w14:textId="4AA6A1E6" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00583142">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Click to enter a date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:id w:val="1518813207"/>
             <w:placeholder>
               <w:docPart w:val="535B2A51152A48D6BF6673C6A831F880"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6C17E7B2" w14:textId="12629E7B" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00583142">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Click to enter a date</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -7552,51 +7539,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> refer to </w:t>
             </w:r>
             <w:r w:rsidR="002B0F91" w:rsidRPr="00033F82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r w:rsidR="00E35AF0" w:rsidRPr="00033F82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00033F82">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Early Help Assessment Practitioner Guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E35AF0" w:rsidRPr="00033F82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004E46BA" w:rsidRPr="00033F82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7612,51 +7599,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2418" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:alias w:val="Parental Responsibility"/>
               <w:tag w:val="Parental Responsibility"/>
               <w:id w:val="733978690"/>
               <w:placeholder>
                 <w:docPart w:val="080884D83DF945269D9B18A75ECF2B29"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Choose an item."/>
                 <w:listItem w:displayText="Yes" w:value="Yes"/>
                 <w:listItem w:displayText="No" w:value="No"/>
                 <w:listItem w:displayText="Don't know" w:value="Don't know"/>
               </w:dropDownList>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="504C0C0D" w14:textId="6C66A2D5" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="10773993" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
@@ -7678,51 +7664,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:alias w:val="Parental Responsibility"/>
               <w:tag w:val="Parental Responsibility"/>
               <w:id w:val="-292909084"/>
               <w:placeholder>
                 <w:docPart w:val="8F210E1022E144B5B9A9C49F5BD436E5"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Choose an item."/>
                 <w:listItem w:displayText="Yes" w:value="Yes"/>
                 <w:listItem w:displayText="No" w:value="No"/>
                 <w:listItem w:displayText="Don't know" w:value="Don't know"/>
               </w:dropDownList>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="18359B1F" w14:textId="3881B087" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="5B8CA470" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -7734,51 +7719,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:alias w:val="Parental Responsibility"/>
               <w:tag w:val="Parental Responsibility"/>
               <w:id w:val="879518411"/>
               <w:placeholder>
                 <w:docPart w:val="6E64D290A704422AA5C03A426352B3FF"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Choose an item."/>
                 <w:listItem w:displayText="Yes" w:value="Yes"/>
                 <w:listItem w:displayText="No" w:value="No"/>
                 <w:listItem w:displayText="Don't know" w:value="Don't know"/>
               </w:dropDownList>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="3D8D5506" w14:textId="625DFB4A" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="41C598CE" w14:textId="77777777" w:rsidTr="008A0323">
         <w:trPr>
@@ -8215,149 +8199,146 @@
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Gender"/>
             <w:tag w:val="Gender"/>
             <w:id w:val="-1838144842"/>
             <w:placeholder>
               <w:docPart w:val="A6FF636DB33B4943846DF6AC46538F3F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Female" w:value="Female"/>
               <w:listItem w:displayText="Male" w:value="Male"/>
               <w:listItem w:displayText="In some other way" w:value="In some other way"/>
               <w:listItem w:displayText="Prefer not to say" w:value="Prefer not to say"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="18427A9D" w14:textId="4A7E3454" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00B4365B" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C67274">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Gender"/>
             <w:tag w:val="Gender"/>
             <w:id w:val="1096595752"/>
             <w:placeholder>
               <w:docPart w:val="6D36264561594EBAB6DA9661663B3227"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Female" w:value="Female"/>
               <w:listItem w:displayText="Male" w:value="Male"/>
               <w:listItem w:displayText="In some other way" w:value="In some other way"/>
               <w:listItem w:displayText="Prefer not to say" w:value="Prefer not to say"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4966A05E" w14:textId="66AA4A50" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00B4365B" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C67274">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Gender"/>
             <w:tag w:val="Gender"/>
             <w:id w:val="-546609974"/>
             <w:placeholder>
               <w:docPart w:val="FD872FFF4ABC4951A2260040ACF7F07D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Female" w:value="Female"/>
               <w:listItem w:displayText="Male" w:value="Male"/>
               <w:listItem w:displayText="In some other way" w:value="In some other way"/>
               <w:listItem w:displayText="Prefer not to say" w:value="Prefer not to say"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="01230CFF" w14:textId="2DF1CA10" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00B4365B" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C67274">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -8559,51 +8540,50 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Disability/Additional Need"/>
             <w:tag w:val="Disability/Additonal Need"/>
             <w:id w:val="1016969033"/>
             <w:placeholder>
               <w:docPart w:val="F4029266B6F54AC4A531A266D048EDF0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2418" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="62AB1320" w14:textId="2FE189FA" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
@@ -8657,51 +8637,50 @@
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Disability/Additional Need"/>
             <w:tag w:val="Disability/Additonal Need"/>
             <w:id w:val="1574086749"/>
             <w:placeholder>
               <w:docPart w:val="F4FF5D7072C94691B6187DCA73D3A0D3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="01DB7651" w14:textId="42030E8C" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -8885,51 +8864,50 @@
               <w:t xml:space="preserve">in the box </w:t>
             </w:r>
             <w:r w:rsidRPr="007F42F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">here </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="820153636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B24551">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="007F42F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F42F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
@@ -9109,51 +9087,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Contributed"/>
             <w:tag w:val="Contributed"/>
             <w:id w:val="709237728"/>
             <w:placeholder>
               <w:docPart w:val="86A358B2631C442C9C862136C0272D92"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="0547D75B" w14:textId="0A51DBDE" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:ind w:right="-110"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -9200,51 +9177,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Contributed"/>
             <w:tag w:val="Contributed"/>
             <w:id w:val="314998867"/>
             <w:placeholder>
               <w:docPart w:val="24933EE60FEC43A0A81AB4F8DD55F966"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="39B27BE1" w14:textId="016C804F" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:ind w:right="-110"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
@@ -9292,51 +9268,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Contributed"/>
             <w:tag w:val="Contributed"/>
             <w:id w:val="-1983611407"/>
             <w:placeholder>
               <w:docPart w:val="4110987A124744C4902D2694B2D9B27C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="38F3E945" w14:textId="3A831411" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:ind w:right="-110"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
@@ -9384,51 +9359,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Contributed"/>
             <w:tag w:val="Contributed"/>
             <w:id w:val="1593275349"/>
             <w:placeholder>
               <w:docPart w:val="EB04978F040A403791A471E4D1CD6CFC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2417" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="52EAF816" w14:textId="51A5A0F3" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0"/>
                   <w:ind w:right="-110"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
@@ -9558,51 +9532,51 @@
             <w:r w:rsidR="004E46BA" w:rsidRPr="00253A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment </w:t>
             </w:r>
             <w:r w:rsidR="009C6BEE" w:rsidRPr="00253A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="_Hlk173770442"/>
             <w:r w:rsidR="009C6BEE" w:rsidRPr="00253A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please refer to the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="009C6BEE" w:rsidRPr="00253A38">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>services included in the EHA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009C6BEE" w:rsidRPr="00253A38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section on Professional Choices, as there may be additional information required specific to services.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="77921EF8" w14:textId="77777777" w:rsidTr="00820949">
         <w:tc>
@@ -9726,51 +9700,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="165806D6" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="29D7DE14" w14:textId="77777777" w:rsidTr="008A0323">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="256B8B9D" w14:textId="0834D505" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
+          <w:p w14:paraId="256B8B9D" w14:textId="596706BD" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>What do the adults (parents in particular) say is working well? What are they worried about? What needs to change?</w:t>
             </w:r>
             <w:r w:rsidR="000320CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> How do</w:t>
             </w:r>
             <w:r w:rsidR="002F2B51">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -9785,51 +9759,51 @@
               <w:t xml:space="preserve"> their relationships with each other impact on the child</w:t>
             </w:r>
             <w:r w:rsidR="00BE71EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>/young person</w:t>
             </w:r>
             <w:r w:rsidR="000320CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="000320CC" w:rsidRPr="001E1349">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(for relationship support visit </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidR="000320CC" w:rsidRPr="001E1349">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0070C0"/>
                   <w:kern w:val="28"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>reducing parental conflict</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="000320CC" w:rsidRPr="001E1349">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
@@ -9897,51 +9871,51 @@
               <w:t>Is there any further information that could help us understand th</w:t>
             </w:r>
             <w:r w:rsidR="00E57BA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>e child/young person or</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> family’s strengths and needs better? </w:t>
             </w:r>
             <w:r w:rsidRPr="00062C25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please refer to the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="004206EC" w:rsidRPr="00062C25">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                 </w:rPr>
                 <w:t>Early Help Assessment Practitioner Guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00062C25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for examples of things you may want to think about</w:t>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="39ADE83C" w14:textId="77777777" w:rsidTr="007B1C6F">
@@ -10016,98 +9990,98 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="0F42D49F" w14:textId="77777777" w:rsidTr="00820949">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1746B963" w14:textId="42DCFB1F" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
+          <w:p w14:paraId="1746B963" w14:textId="06EB180D" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What </w:t>
             </w:r>
             <w:r w:rsidR="00DD0FA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">indicators </w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>of need do you feel this family has met according to the</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="002672CE" w:rsidRPr="007C4491">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0070C0"/>
                   <w:kern w:val="28"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>SSCP Effective Support for Children and Families</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00E57BA6" w:rsidRPr="008D3412">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A213A" w:rsidRPr="009C6155">
               <w:rPr>
@@ -10115,196 +10089,195 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>and/o</w:t>
             </w:r>
             <w:r w:rsidR="00163B1C" w:rsidRPr="009C6155">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">r the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:anchor="Our%20Graduated%20Response" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidR="007C2407">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:kern w:val="28"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>Somerset SEN Graduated Response Tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="5AA2F7D3" w14:textId="77777777" w:rsidTr="00820949">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="11E3A072" w14:textId="5A1C683C" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DB1E1B" w:rsidP="004E46BA">
+          <w:p w14:paraId="11E3A072" w14:textId="5A1C683C" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:color w:val="FF0000"/>
                 </w:rPr>
                 <w:alias w:val="Indicators of Need"/>
                 <w:tag w:val="Indicators of Need"/>
                 <w:id w:val="-1084843719"/>
                 <w:placeholder>
                   <w:docPart w:val="FD0FD397304E4F4D8B17262E52290BCE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Universal" w:value="Universal"/>
                   <w:listItem w:displayText="Additonal" w:value="Additonal"/>
                   <w:listItem w:displayText="Complex" w:value="Complex"/>
                   <w:listItem w:displayText="Acute " w:value="Acute "/>
                 </w:dropDownList>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004E46BA" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="648EF03B" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="5A0C9BEC" w14:textId="77777777" w:rsidTr="00820949">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10567" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="390A452D" w14:textId="20603488" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
+          <w:p w14:paraId="390A452D" w14:textId="271013E7" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Briefly explain, </w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>referring to the indicators of need tables in the</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="002672CE" w:rsidRPr="007C4491">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0070C0"/>
                   <w:kern w:val="28"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>SSCP Effective Support for Children and Families</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00163B1C" w:rsidRPr="009C6155">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
@@ -10346,51 +10319,51 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A28D0" w:rsidRPr="009C6155">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="28"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="none"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:anchor="Our%20Graduated%20Response" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidR="007C2407">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:bCs/>
                   <w:kern w:val="28"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>Somerset SEN Graduated Response Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -10509,51 +10482,51 @@
               <w:t>, this should be arranged as soon as possible</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="273F9401" w14:textId="25CC1296" w:rsidR="004E46BA" w:rsidRPr="00176C70" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00176C70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please download </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidR="00DA3C67" w:rsidRPr="00176C70">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="0070C0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Team Around the Family (TAF) paperwork</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="4D1DB298" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
@@ -10664,51 +10637,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not registered with a GP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="196827139"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="37795E22" w14:textId="06EEBA5F" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -10730,51 +10702,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not registered with a dentist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="748234720"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="638C749C" w14:textId="076EE4A8" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00DE4DFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -10796,51 +10767,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Missed health appointments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1398354085"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="43E99E8C" w14:textId="23015587" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0017125A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -10862,51 +10832,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Missed immunisations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1854403347"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="2B3EA837" w14:textId="1215B8AC" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00771EBE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -10924,74 +10893,73 @@
           </w:tcPr>
           <w:p w14:paraId="21400F8D" w14:textId="77777777" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Child with obesity or malnutrition </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="486" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="1411A6A6" w14:textId="01F62B2D" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="00DB1E1B" w:rsidP="0061379C">
+          <w:p w14:paraId="1411A6A6" w14:textId="01F62B2D" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="00000000" w:rsidP="0061379C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-343862311"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0061379C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0061379C" w:rsidRPr="001C56E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
@@ -11007,51 +10975,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Adult with obesity or malnutrition </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2003970860"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="70B3C0A9" w14:textId="0CD15389" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11073,51 +11040,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child self-harm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="175472537"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3C1494B5" w14:textId="332FA06C" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0017125A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11139,51 +11105,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adult self-harm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-860659537"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="0E2AF2B0" w14:textId="3889796C" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00771EBE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11208,51 +11173,50 @@
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Child has mental/emotional health issues </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="340515988"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="56CC845E" w14:textId="2F1464A6" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11274,51 +11238,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Adult has mental/emotional health issues </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-500968873"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="6AA2A22A" w14:textId="284A5AF4" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11340,51 +11303,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Concerns for child’s physical health/development </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-447245072"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="31F85BB1" w14:textId="6964C327" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11406,51 +11368,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Concerns for adult’s physical health</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1536110384"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="0790AC5A" w14:textId="04995178" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11506,51 +11467,50 @@
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>isability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1647933325"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="6303DB78" w14:textId="5D34663F" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11588,51 +11548,50 @@
             </w:r>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>isability</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-202335423"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="08032134" w14:textId="36E8DE01" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11654,51 +11613,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Open EHCP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1236092022"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="33B3E699" w14:textId="79CD1B88" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11720,51 +11678,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Domestic abuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2084136057"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="4A3DDBB3" w14:textId="71375592" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11788,51 +11745,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child has substance/alcohol misuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="2089187752"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="03F4E581" w14:textId="397B2A91" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11854,51 +11810,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adult has substance/alcohol misuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1026756641"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="77B9876C" w14:textId="0FE5E091" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11920,51 +11875,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child Exploitation (CE) concerns or discussed at TOPAZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1723123563"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="26AA7EC4" w14:textId="7F212FF3" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -11986,51 +11940,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Missing/goes missing from home or from care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-441148811"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="58F3E716" w14:textId="6A3A48D4" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12054,51 +12007,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pupil is not on school roll or is missing from education</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1975975886"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1B2BAD38" w14:textId="5AB021AD" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12120,51 +12072,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child not in education, employment or training (NEET)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="30002006"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="62E0B52A" w14:textId="7DC74BBF" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12186,51 +12137,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>School/early years attendance issues or high exclusions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1852989618"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="4EA01C5D" w14:textId="76B97496" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12252,51 +12202,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child in PRU or alternative education provision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1307473311"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1C199EE7" w14:textId="0392C0A4" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12332,51 +12281,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="752930748"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="42EA630D" w14:textId="6D0E1B05" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12398,51 +12346,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Electively Home Educated (EHE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-52851644"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="135F4332" w14:textId="354C3F53" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12464,51 +12411,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Not taking up early year’s entitlements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-797459084"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="78D883AD" w14:textId="30C939E2" w:rsidR="0061379C" w:rsidRPr="00C72E40" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12530,51 +12476,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adult frequently out of work</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-954635185"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="375035E2" w14:textId="3C0BE0A5" w:rsidR="0061379C" w:rsidRPr="00C72E40" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12602,51 +12547,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child committing anti-social behaviour or crime</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1570877288"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="7783D289" w14:textId="162A0551" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12668,51 +12612,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adult committing anti-social behaviour or crime</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1840532883"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="78E52938" w14:textId="2CA8264B" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12734,51 +12677,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prevent/radicalisation concerns for child</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1702663033"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="182B5231" w14:textId="7C6F5A78" w:rsidR="0061379C" w:rsidRPr="005C6ABB" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12801,51 +12743,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prevent/radicalisation concerns for adult</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1567303076"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="1A30DC42" w14:textId="2446F566" w:rsidR="0061379C" w:rsidRPr="005C6ABB" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12872,51 +12813,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Significant adult in prison or recently released from prison</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-902522178"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="33AEB9E6" w14:textId="6CA105C8" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -12938,51 +12878,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child demonstrates challenging behaviour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1818091570"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="3CA60D11" w14:textId="3F5A8402" w:rsidR="0061379C" w:rsidRPr="005C6ABB" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13004,51 +12943,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child demonstrates sexually harmful behaviour</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1378076923"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="275CCF6B" w14:textId="0EB235D2" w:rsidR="0061379C" w:rsidRPr="005C6ABB" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13156,51 +13094,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> abuse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1871530347"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="4A3AA88E" w14:textId="666A342D" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13227,51 +13164,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Gang member</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2111733229"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="23C25113" w14:textId="390976D6" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13293,51 +13229,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Victim of bullying</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-559706484"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3857BF5B" w14:textId="001C0B00" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13359,51 +13294,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Difficulty parenting </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1528837395"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="6982BC30" w14:textId="38F967F7" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13425,51 +13359,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Young carer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-154076685"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="0F4A243D" w14:textId="257D3EA5" w:rsidR="0061379C" w:rsidRPr="00C72E40" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13493,51 +13426,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Child poverty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-464592791"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="5392D8DC" w14:textId="4134545C" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13559,51 +13491,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teenage pregnancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1567486925"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="774AF300" w14:textId="28076E5D" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13625,51 +13556,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Economic disadvantage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="729046383"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="28698F16" w14:textId="5DFBBCDD" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13691,51 +13621,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Housing/rent issues</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1606622168"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="2CF737D7" w14:textId="37DB36C1" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C346F8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
@@ -13762,51 +13691,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Homelessness concern</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-812259682"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="486" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="6CDD6339" w14:textId="5BD4D30A" w:rsidR="0061379C" w:rsidRPr="001C56E5" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00811A7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -13834,51 +13762,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>At risk of social isolation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-915631270"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="68697304" w14:textId="1C924EAF" w:rsidR="0061379C" w:rsidRPr="002953DF" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Microsoft New Tai Lue" w:hAnsi="Microsoft New Tai Lue" w:cs="Microsoft New Tai Lue"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A6560C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -13906,51 +13833,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Returned home to family from care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="991065123"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="3A195E20" w14:textId="64CB92A3" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00B571EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -13978,51 +13904,50 @@
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is a privately fostered child</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-543206501"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="425" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
               </w:tcPr>
               <w:p w14:paraId="27BFA633" w14:textId="32397FFB" w:rsidR="0061379C" w:rsidRPr="008A452B" w:rsidRDefault="0061379C" w:rsidP="0061379C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -14069,85 +13994,85 @@
             </w:r>
             <w:r w:rsidR="004E46BA" w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Please tick as appropriate below (this must be completed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="5613C9C4" w14:textId="77777777" w:rsidTr="00707F74">
         <w:trPr>
           <w:trHeight w:val="691"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8015" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="511EFB76" w14:textId="5D6961C2" w:rsidR="004E46BA" w:rsidRPr="00EC2630" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
+          <w:p w14:paraId="511EFB76" w14:textId="5BED400A" w:rsidR="004E46BA" w:rsidRPr="00EC2630" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009649E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidRPr="009649E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Child Exploitation (CE) has been identified, has the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidR="002672CE" w:rsidRPr="002672CE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SSCP </w:t>
               </w:r>
               <w:r w:rsidR="002672CE" w:rsidRPr="002672CE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Child Exploitation Screening Tool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="002672CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -14171,131 +14096,130 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(please attach)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-345331448"/>
             <w:placeholder>
               <w:docPart w:val="36EDCA21E66D44EBA09C149E62D52807"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2552" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="2CA1CBCA" w14:textId="57B38E4F" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="5AC6935B" w14:textId="77777777" w:rsidTr="00707F74">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8015" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="503045AF" w14:textId="10492FD5" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
+          <w:p w14:paraId="503045AF" w14:textId="411327F4" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A452B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If Domestic Abuse has been identified, has a </w:t>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="_Hlk1551021"/>
             <w:r w:rsidRPr="00D10EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00600C13">
+            <w:r w:rsidR="00A2103D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:instrText>HYPERLINK "https://somersetdomesticabuse.org.uk/wp-content/uploads/2023/08/DASH-Somerset-Nov2018v2-1-3.docx"</w:instrText>
+              <w:instrText>HYPERLINK "https://somersetcc.sharepoint.com/:w:/s/SCCPublic/EcHfmxeYIRlHugYDaiO5mEsBk44TfcvR2exqJ-qa-cHmNQ?e=PMwENw"</w:instrText>
             </w:r>
             <w:r w:rsidRPr="00D10EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00D10EEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D10EEE">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -14328,51 +14252,50 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(please attach)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1047492256"/>
             <w:placeholder>
               <w:docPart w:val="9B6316D9BFED479D83845FDA69BF9954"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2552" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="66EE307A" w14:textId="1E6762DD" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
@@ -14399,51 +14322,51 @@
           <w:p w14:paraId="0F0FFE80" w14:textId="280F1AFA" w:rsidR="004E46BA" w:rsidRPr="004B0286" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009649E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If Neglect has been identified, has </w:t>
             </w:r>
             <w:r w:rsidR="00A50DD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidR="002672CE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>SSCP Family Strengths &amp; Needs Toolkit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004B2D91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009649E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>been completed</w:t>
@@ -14473,177 +14396,145 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-970820324"/>
             <w:placeholder>
               <w:docPart w:val="369ACB14433041FA88AC71D133676DE0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Don't know" w:value="Don't know"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2552" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
                 </w:tcBorders>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="73A33250" w14:textId="5EB65DD5" w:rsidR="004E46BA" w:rsidRPr="004B0286" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                     <w:highlight w:val="yellow"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="002711E8" w:rsidRPr="008A452B" w14:paraId="2C91A0B9" w14:textId="77777777" w:rsidTr="00707F74">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8015" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="3CED9713" w14:textId="1439F3CC" w:rsidR="002711E8" w:rsidRPr="00304AF9" w:rsidRDefault="002953DF" w:rsidP="004E46BA">
+          <w:p w14:paraId="3CED9713" w14:textId="515F92AD" w:rsidR="002711E8" w:rsidRPr="00304AF9" w:rsidRDefault="002953DF" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">You may find it helpful to complete a </w:t>
             </w:r>
-            <w:r w:rsidR="002711E8">
-[...10 lines deleted...]
-        <w:bookmarkEnd w:id="25"/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidR="002711E8" w:rsidRPr="00986861">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Strengths and Difficulties Questionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="01C98F78" w14:textId="3AF9AD53" w:rsidR="002711E8" w:rsidRDefault="00B91CA6" w:rsidP="004E46BA">
+          <w:p w14:paraId="01C98F78" w14:textId="19A65BDA" w:rsidR="002711E8" w:rsidRDefault="002711E8" w:rsidP="004E46BA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00204F9D">
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A736E3B" w14:textId="77777777" w:rsidR="008E6C7A" w:rsidRPr="00BF1DD1" w:rsidRDefault="008E6C7A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10567" w:type="dxa"/>
         <w:tblInd w:w="-649" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3315"/>
         <w:gridCol w:w="4700"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
@@ -14961,140 +14852,138 @@
               </w:rPr>
               <w:t>request</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
             </w:rPr>
             <w:alias w:val="Step Up/Down"/>
             <w:tag w:val="Step Up/Down"/>
             <w:id w:val="655653321"/>
             <w:placeholder>
               <w:docPart w:val="608F915EF6574C71B6B8AA8F24D5D78A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Step up" w:value="Step up"/>
               <w:listItem w:displayText="Step down" w:value="Step down"/>
               <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2552" w:type="dxa"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
               <w:p w14:paraId="30813F82" w14:textId="1AED2BE6" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
                 <w:pPr>
                   <w:widowControl w:val="0"/>
                   <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:bookmarkStart w:id="26" w:name="_Hlk29997375"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk29997375"/>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="7AF37457" w14:textId="77777777" w:rsidTr="008A0323">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3FFD28CD" w14:textId="41F3473D" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00DB1E1B" w:rsidP="004E46BA">
+          <w:p w14:paraId="3FFD28CD" w14:textId="41F3473D" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style5"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-555093785"/>
                 <w:placeholder>
                   <w:docPart w:val="0A25E7C6C03F4449AC5F38BE0C15F3B6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Children and Young Peoples Therapy Service (Occupational Therapy) - CYPTSReferrals@SomersetFT.nhs.uk  " w:value="Children and Young Peoples Therapy Service (Occupational Therapy) - CYPTSReferrals@SomersetFT.nhs.uk  "/>
                   <w:listItem w:displayText="Children and Young Peoples Therapy Service (Physio) - CYPTSReferrals@SomersetFT.nhs.uk" w:value="Children and Young Peoples Therapy Service (Physio) - CYPTSReferrals@SomersetFT.nhs.uk"/>
                   <w:listItem w:displayText="Children's Social Care (Children with Disabilities) - SDInputters@somerset.gov.uk " w:value="Children's Social Care (Children with Disabilities) - SDInputters@somerset.gov.uk "/>
                   <w:listItem w:displayText="Children's Social Care - Acute -  SDInputters@somerset.gov.uk" w:value="Children's Social Care - Acute -  SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Early Support Team (Children with Disabilities) -  SDInputters@somerset.gov.uk" w:value="Early Support Team (Children with Disabilities) -  SDInputters@somerset.gov.uk"/>
-                  <w:listItem w:displayText="Education Engagement Service - SDInputters@somerset.gov.uk" w:value="Education Engagement Service - SDInputters@somerset.gov.uk"/>
+                  <w:listItem w:displayText="Education Engagement Service - FISrequests@somerset.gov.uk" w:value="Education Engagement Service - FISrequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Family Intervention Service (FIS) for 0-18 - FISRequests@somerset.gov.uk" w:value="Family Intervention Service (FIS) for 0-18 - FISRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Hearing Support - InclusionSENRequests@somerset.gov.uk" w:value="Hearing Support - InclusionSENRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset - Family Mediation- FISRequests@somerset.gov.uk" w:value="Somerset - Family Mediation- FISRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset - Homeless Prevention Thrive 16+ (16 to 25) - Thrive16+@somerset.gov.uk" w:value="Somerset - Homeless Prevention Thrive 16+ (16 to 25) - Thrive16+@somerset.gov.uk"/>
-                  <w:listItem w:displayText="Occupational Therapist (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Occupational Therapist (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Short Break Team Support (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Short Break Team Support (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset Support Scheme (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Somerset Support Scheme (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Vision Support Team - InclusionSENRequests@somerset.gov.uk" w:value="Vision Support Team - InclusionSENRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Young Carers Service - FISRequests@somerset.gov.uk" w:value="Young Carers Service - FISRequests@somerset.gov.uk"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:bookmarkEnd w:id="26"/>
+                <w:bookmarkEnd w:id="25"/>
                 <w:r w:rsidR="00C82A0C" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="6E13264C" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -15112,100 +15001,99 @@
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="6FB12C0A" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="486E1B9A" w14:textId="77777777" w:rsidTr="008A0323">
         <w:trPr>
           <w:trHeight w:val="213"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="68C31F6B" w14:textId="7778886E" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="000D6CDF" w:rsidP="00CC7191">
+          <w:p w14:paraId="68C31F6B" w14:textId="7778886E" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="00CC7191">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style5"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1809746295"/>
                 <w:placeholder>
                   <w:docPart w:val="A51CB3C0D7FF444AA3A10AEAB814DF11"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Children and Young Peoples Therapy Service (Occupational Therapy) - CYPTSReferrals@SomersetFT.nhs.uk  " w:value="Children and Young Peoples Therapy Service (Occupational Therapy) - CYPTSReferrals@SomersetFT.nhs.uk  "/>
                   <w:listItem w:displayText="Children and Young Peoples Therapy Service (Physio) - CYPTSReferrals@SomersetFT.nhs.uk" w:value="Children and Young Peoples Therapy Service (Physio) - CYPTSReferrals@SomersetFT.nhs.uk"/>
                   <w:listItem w:displayText="Children's Social Care (Children with Disabilities) - SDInputters@somerset.gov.uk " w:value="Children's Social Care (Children with Disabilities) - SDInputters@somerset.gov.uk "/>
                   <w:listItem w:displayText="Children's Social Care - Acute -  SDInputters@somerset.gov.uk" w:value="Children's Social Care - Acute -  SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Early Support Team (Children with Disabilities) -  SDInputters@somerset.gov.uk" w:value="Early Support Team (Children with Disabilities) -  SDInputters@somerset.gov.uk"/>
-                  <w:listItem w:displayText="Education Engagement Service - SDInputters@somerset.gov.uk" w:value="Education Engagement Service - SDInputters@somerset.gov.uk"/>
+                  <w:listItem w:displayText="Education Engagement Service - FISrequests@somerset.gov.uk" w:value="Education Engagement Service - FISrequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Family Intervention Service (FIS) for 0-18 - FISRequests@somerset.gov.uk" w:value="Family Intervention Service (FIS) for 0-18 - FISRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Hearing Support - InclusionSENRequests@somerset.gov.uk" w:value="Hearing Support - InclusionSENRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset - Family Mediation- FISRequests@somerset.gov.uk" w:value="Somerset - Family Mediation- FISRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset - Homeless Prevention Thrive 16+ (16 to 25) - Thrive16+@somerset.gov.uk" w:value="Somerset - Homeless Prevention Thrive 16+ (16 to 25) - Thrive16+@somerset.gov.uk"/>
-                  <w:listItem w:displayText="Occupational Therapist (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Occupational Therapist (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Short Break Team Support (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Short Break Team Support (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset Support Scheme (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Somerset Support Scheme (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Vision Support Team - InclusionSENRequests@somerset.gov.uk" w:value="Vision Support Team - InclusionSENRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Young Carers Service - FISRequests@somerset.gov.uk" w:value="Young Carers Service - FISRequests@somerset.gov.uk"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="008A452B">
+                <w:r w:rsidR="000D6CDF" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="209948C7" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -15222,100 +15110,99 @@
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3389CC44" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E46BA" w:rsidRPr="008A452B" w14:paraId="6AE8DF4D" w14:textId="77777777" w:rsidTr="008A0323">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3315" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4325C70D" w14:textId="126E5281" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="000D6CDF" w:rsidP="00350363">
+          <w:p w14:paraId="4325C70D" w14:textId="126E5281" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="00000000" w:rsidP="00350363">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style5"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="2002226556"/>
                 <w:placeholder>
                   <w:docPart w:val="836A737A008646B8BEC250A2EA6F1A28"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choose an item."/>
                   <w:listItem w:displayText="Children and Young Peoples Therapy Service (Occupational Therapy) - CYPTSReferrals@SomersetFT.nhs.uk  " w:value="Children and Young Peoples Therapy Service (Occupational Therapy) - CYPTSReferrals@SomersetFT.nhs.uk  "/>
                   <w:listItem w:displayText="Children and Young Peoples Therapy Service (Physio) - CYPTSReferrals@SomersetFT.nhs.uk" w:value="Children and Young Peoples Therapy Service (Physio) - CYPTSReferrals@SomersetFT.nhs.uk"/>
                   <w:listItem w:displayText="Children's Social Care (Children with Disabilities) - SDInputters@somerset.gov.uk " w:value="Children's Social Care (Children with Disabilities) - SDInputters@somerset.gov.uk "/>
                   <w:listItem w:displayText="Children's Social Care - Acute -  SDInputters@somerset.gov.uk" w:value="Children's Social Care - Acute -  SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Early Support Team (Children with Disabilities) -  SDInputters@somerset.gov.uk" w:value="Early Support Team (Children with Disabilities) -  SDInputters@somerset.gov.uk"/>
-                  <w:listItem w:displayText="Education Engagement Service - SDInputters@somerset.gov.uk" w:value="Education Engagement Service - SDInputters@somerset.gov.uk"/>
+                  <w:listItem w:displayText="Education Engagement Service - FISrequests@somerset.gov.uk" w:value="Education Engagement Service - FISrequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Family Intervention Service (FIS) for 0-18 - FISRequests@somerset.gov.uk" w:value="Family Intervention Service (FIS) for 0-18 - FISRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Hearing Support - InclusionSENRequests@somerset.gov.uk" w:value="Hearing Support - InclusionSENRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset - Family Mediation- FISRequests@somerset.gov.uk" w:value="Somerset - Family Mediation- FISRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset - Homeless Prevention Thrive 16+ (16 to 25) - Thrive16+@somerset.gov.uk" w:value="Somerset - Homeless Prevention Thrive 16+ (16 to 25) - Thrive16+@somerset.gov.uk"/>
-                  <w:listItem w:displayText="Occupational Therapist (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Occupational Therapist (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Short Break Team Support (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Short Break Team Support (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Somerset Support Scheme (Children with Disabilities) - SDInputters@somerset.gov.uk" w:value="Somerset Support Scheme (Children with Disabilities) - SDInputters@somerset.gov.uk"/>
                   <w:listItem w:displayText="Vision Support Team - InclusionSENRequests@somerset.gov.uk" w:value="Vision Support Team - InclusionSENRequests@somerset.gov.uk"/>
                   <w:listItem w:displayText="Young Carers Service - FISRequests@somerset.gov.uk" w:value="Young Carers Service - FISRequests@somerset.gov.uk"/>
                 </w:dropDownList>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="DefaultParagraphFont"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidRPr="008A452B">
+                <w:r w:rsidR="000D6CDF" w:rsidRPr="008A452B">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:t>Select from list</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4700" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1B520AFA" w14:textId="77777777" w:rsidR="004E46BA" w:rsidRPr="008A452B" w:rsidRDefault="004E46BA" w:rsidP="004E46BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="285" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -15358,90 +15245,86 @@
     </w:p>
     <w:p w14:paraId="721D39F8" w14:textId="53121DF1" w:rsidR="000C3BE3" w:rsidRDefault="009E5D1D" w:rsidP="000C3BE3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00D27B8A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C3BE3" w:rsidSect="00350AE2">
-      <w:headerReference w:type="even" r:id="rId33"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId38"/>
+      <w:footerReference w:type="default" r:id="rId33"/>
+      <w:footerReference w:type="first" r:id="rId34"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1274" w:bottom="709" w:left="1440" w:header="708" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D13E465" w14:textId="77777777" w:rsidR="000F0199" w:rsidRDefault="000F0199" w:rsidP="00617139">
+    <w:p w14:paraId="588839A4" w14:textId="77777777" w:rsidR="0019119E" w:rsidRDefault="0019119E" w:rsidP="00617139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="228D93B2" w14:textId="77777777" w:rsidR="000F0199" w:rsidRDefault="000F0199" w:rsidP="00617139">
+    <w:p w14:paraId="23CA5F14" w14:textId="77777777" w:rsidR="0019119E" w:rsidRDefault="0019119E" w:rsidP="00617139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="25F8EE9D" w14:textId="77777777" w:rsidR="000F0199" w:rsidRDefault="000F0199">
+    <w:p w14:paraId="2836815A" w14:textId="77777777" w:rsidR="0019119E" w:rsidRDefault="0019119E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15490,60 +15373,50 @@
   <w:font w:name="Noto Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00082FF" w:usb1="400078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft New Tai Lue">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="80000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="333C1403" w14:textId="77777777" w:rsidR="00757655" w:rsidRDefault="00757655">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:id w:val="-832766905"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="15DDA85E" w14:textId="338D44B9" w:rsidR="00BF1DD1" w:rsidRDefault="00BF1DD1" w:rsidP="00BF1DD1">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15581,106 +15454,106 @@
           </w:rPr>
           <w:t xml:space="preserve"> please </w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="7390E8C6" w14:textId="77777777" w:rsidR="00BF1DD1" w:rsidRDefault="00BF1DD1" w:rsidP="00BF1DD1">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="34"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="006A0644">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="34"/>
           </w:rPr>
           <w:t>call Somerset Direct on 0300 123 2224</w:t>
         </w:r>
       </w:p>
-      <w:p w14:paraId="193EF0D6" w14:textId="16C85027" w:rsidR="00BF1DD1" w:rsidRPr="004355E0" w:rsidRDefault="00BF1DD1" w:rsidP="00BF1DD1">
+      <w:p w14:paraId="193EF0D6" w14:textId="26ABF37F" w:rsidR="00BF1DD1" w:rsidRPr="004355E0" w:rsidRDefault="00BF1DD1" w:rsidP="00BF1DD1">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="004355E0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Somerset Early Help Assessment (EHA) 202</w:t>
         </w:r>
-        <w:r w:rsidR="00845BAE">
+        <w:r w:rsidR="009561FF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="004355E0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> – V1.</w:t>
         </w:r>
-        <w:r w:rsidR="00757655">
+        <w:r w:rsidR="009561FF">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>3</w:t>
+          <w:t>4</w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="612601B6" w14:textId="1EAA13CB" w:rsidR="004A73C3" w:rsidRPr="001C56E5" w:rsidRDefault="004A73C3" w:rsidP="00BF1DD1">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="004355E0">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
         <w:r w:rsidRPr="005F0827">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15801,51 +15674,51 @@
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r w:rsidRPr="005F0827">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1706249529"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="16E266C0" w14:textId="77777777" w:rsidR="00BF1DD1" w:rsidRDefault="004A73C3" w:rsidP="00022085">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="20"/>
             <w:szCs w:val="34"/>
@@ -16161,107 +16034,77 @@
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="006A0644">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="027AA8A6" w14:textId="77777777" w:rsidR="000F0199" w:rsidRDefault="000F0199" w:rsidP="00617139">
+    <w:p w14:paraId="0900A298" w14:textId="77777777" w:rsidR="0019119E" w:rsidRDefault="0019119E" w:rsidP="00617139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63B427EE" w14:textId="77777777" w:rsidR="000F0199" w:rsidRDefault="000F0199" w:rsidP="00617139">
+    <w:p w14:paraId="254AFF4A" w14:textId="77777777" w:rsidR="0019119E" w:rsidRDefault="0019119E" w:rsidP="00617139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13907780" w14:textId="77777777" w:rsidR="000F0199" w:rsidRDefault="000F0199">
+    <w:p w14:paraId="66EDB9E5" w14:textId="77777777" w:rsidR="0019119E" w:rsidRDefault="0019119E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="273255EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F63030C8"/>
     <w:lvl w:ilvl="0" w:tplc="2B82A608">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -17096,51 +16939,51 @@
   <w:num w:numId="5" w16cid:durableId="1983078784">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="946159984">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1597446216">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1936862299">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1489321331">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006F330E"/>
     <w:rsid w:val="000003EE"/>
     <w:rsid w:val="00002BC4"/>
     <w:rsid w:val="00011FDC"/>
     <w:rsid w:val="00012CE0"/>
@@ -17153,169 +16996,174 @@
     <w:rsid w:val="0003299C"/>
     <w:rsid w:val="00032A3F"/>
     <w:rsid w:val="00032D4E"/>
     <w:rsid w:val="000336C8"/>
     <w:rsid w:val="00033F82"/>
     <w:rsid w:val="00035F49"/>
     <w:rsid w:val="00036957"/>
     <w:rsid w:val="000369A8"/>
     <w:rsid w:val="000400EE"/>
     <w:rsid w:val="00040F54"/>
     <w:rsid w:val="00043630"/>
     <w:rsid w:val="0004563B"/>
     <w:rsid w:val="000463F3"/>
     <w:rsid w:val="000464B2"/>
     <w:rsid w:val="00052622"/>
     <w:rsid w:val="0005270B"/>
     <w:rsid w:val="00056675"/>
     <w:rsid w:val="00060CCA"/>
     <w:rsid w:val="00062C25"/>
     <w:rsid w:val="00065176"/>
     <w:rsid w:val="00065787"/>
     <w:rsid w:val="0007059D"/>
     <w:rsid w:val="0007216F"/>
     <w:rsid w:val="0007259D"/>
     <w:rsid w:val="0007417E"/>
+    <w:rsid w:val="000767D0"/>
     <w:rsid w:val="0007747F"/>
     <w:rsid w:val="000776A4"/>
     <w:rsid w:val="00080D6E"/>
     <w:rsid w:val="00086836"/>
     <w:rsid w:val="000878D6"/>
     <w:rsid w:val="00090CB5"/>
     <w:rsid w:val="0009240C"/>
     <w:rsid w:val="00093315"/>
     <w:rsid w:val="00095EB1"/>
     <w:rsid w:val="00096591"/>
     <w:rsid w:val="000A00FD"/>
     <w:rsid w:val="000A7ACB"/>
     <w:rsid w:val="000B07EA"/>
     <w:rsid w:val="000B2763"/>
     <w:rsid w:val="000B2CE1"/>
     <w:rsid w:val="000B3061"/>
     <w:rsid w:val="000B4098"/>
     <w:rsid w:val="000B5366"/>
     <w:rsid w:val="000B5485"/>
     <w:rsid w:val="000B5519"/>
     <w:rsid w:val="000B6742"/>
     <w:rsid w:val="000C1F27"/>
     <w:rsid w:val="000C25F3"/>
     <w:rsid w:val="000C2931"/>
     <w:rsid w:val="000C3BE3"/>
     <w:rsid w:val="000C4684"/>
     <w:rsid w:val="000C5209"/>
     <w:rsid w:val="000C5B85"/>
     <w:rsid w:val="000C6C67"/>
+    <w:rsid w:val="000C7162"/>
     <w:rsid w:val="000C742B"/>
     <w:rsid w:val="000D05D1"/>
     <w:rsid w:val="000D5827"/>
     <w:rsid w:val="000D5B07"/>
     <w:rsid w:val="000D6422"/>
     <w:rsid w:val="000D6CDF"/>
     <w:rsid w:val="000E162A"/>
     <w:rsid w:val="000E1A5E"/>
     <w:rsid w:val="000E4B7E"/>
     <w:rsid w:val="000F013B"/>
     <w:rsid w:val="000F0199"/>
     <w:rsid w:val="000F2D14"/>
     <w:rsid w:val="000F390A"/>
     <w:rsid w:val="000F4F38"/>
     <w:rsid w:val="00100904"/>
     <w:rsid w:val="00103149"/>
     <w:rsid w:val="0010487F"/>
     <w:rsid w:val="001060AA"/>
     <w:rsid w:val="001071DA"/>
     <w:rsid w:val="00112088"/>
     <w:rsid w:val="00112680"/>
     <w:rsid w:val="00114358"/>
     <w:rsid w:val="001179F3"/>
     <w:rsid w:val="00124B45"/>
     <w:rsid w:val="00124C5E"/>
     <w:rsid w:val="001265AD"/>
     <w:rsid w:val="00127688"/>
     <w:rsid w:val="00130145"/>
     <w:rsid w:val="00130B89"/>
     <w:rsid w:val="00132542"/>
     <w:rsid w:val="001340D2"/>
     <w:rsid w:val="001406E9"/>
     <w:rsid w:val="001414FD"/>
     <w:rsid w:val="00142752"/>
     <w:rsid w:val="001439A7"/>
     <w:rsid w:val="00145FDF"/>
     <w:rsid w:val="00147CBE"/>
+    <w:rsid w:val="00150B45"/>
     <w:rsid w:val="00150DA4"/>
     <w:rsid w:val="00151C6E"/>
     <w:rsid w:val="00154F70"/>
     <w:rsid w:val="00160276"/>
     <w:rsid w:val="001612F5"/>
     <w:rsid w:val="00161C71"/>
     <w:rsid w:val="00163B1C"/>
     <w:rsid w:val="001674FE"/>
     <w:rsid w:val="001705CB"/>
     <w:rsid w:val="00170A3C"/>
     <w:rsid w:val="00171028"/>
     <w:rsid w:val="00171801"/>
     <w:rsid w:val="001724DC"/>
     <w:rsid w:val="00173B33"/>
     <w:rsid w:val="0017427E"/>
     <w:rsid w:val="00176C70"/>
     <w:rsid w:val="00181BAC"/>
     <w:rsid w:val="00183623"/>
     <w:rsid w:val="00184468"/>
     <w:rsid w:val="00190EE4"/>
+    <w:rsid w:val="0019119E"/>
     <w:rsid w:val="0019169C"/>
     <w:rsid w:val="001949E1"/>
     <w:rsid w:val="00194B21"/>
     <w:rsid w:val="00194F38"/>
     <w:rsid w:val="001966FF"/>
     <w:rsid w:val="00196835"/>
     <w:rsid w:val="00197F0E"/>
     <w:rsid w:val="001A0CEE"/>
     <w:rsid w:val="001A0D24"/>
     <w:rsid w:val="001A28D0"/>
     <w:rsid w:val="001A5C1B"/>
     <w:rsid w:val="001A5DE5"/>
     <w:rsid w:val="001A764B"/>
     <w:rsid w:val="001A7FC7"/>
     <w:rsid w:val="001B3123"/>
     <w:rsid w:val="001B57FA"/>
     <w:rsid w:val="001B60F8"/>
     <w:rsid w:val="001B619B"/>
     <w:rsid w:val="001B688F"/>
     <w:rsid w:val="001B6E45"/>
     <w:rsid w:val="001B6E5F"/>
     <w:rsid w:val="001C0715"/>
     <w:rsid w:val="001C262C"/>
     <w:rsid w:val="001C56E5"/>
     <w:rsid w:val="001C613B"/>
     <w:rsid w:val="001D0229"/>
     <w:rsid w:val="001D69A2"/>
     <w:rsid w:val="001E10AC"/>
     <w:rsid w:val="001E1349"/>
     <w:rsid w:val="001E1F73"/>
     <w:rsid w:val="001E6E89"/>
     <w:rsid w:val="001E6FB4"/>
     <w:rsid w:val="001E7C8E"/>
+    <w:rsid w:val="001F028B"/>
     <w:rsid w:val="001F0A8A"/>
     <w:rsid w:val="001F677F"/>
     <w:rsid w:val="001F6FAE"/>
     <w:rsid w:val="001F7514"/>
     <w:rsid w:val="001F75B7"/>
     <w:rsid w:val="00206F03"/>
     <w:rsid w:val="0021019C"/>
     <w:rsid w:val="00211D42"/>
     <w:rsid w:val="00216D6A"/>
     <w:rsid w:val="00220046"/>
     <w:rsid w:val="00223BC6"/>
     <w:rsid w:val="00233D19"/>
     <w:rsid w:val="002341DB"/>
     <w:rsid w:val="002409C0"/>
     <w:rsid w:val="00241291"/>
     <w:rsid w:val="00241ACF"/>
     <w:rsid w:val="00242FFE"/>
     <w:rsid w:val="002437B9"/>
     <w:rsid w:val="00243C34"/>
     <w:rsid w:val="00243EF2"/>
     <w:rsid w:val="00243F7F"/>
     <w:rsid w:val="00244682"/>
     <w:rsid w:val="00247060"/>
     <w:rsid w:val="002473F0"/>
     <w:rsid w:val="002474A5"/>
@@ -17402,176 +17250,182 @@
     <w:rsid w:val="00350AE2"/>
     <w:rsid w:val="003515E8"/>
     <w:rsid w:val="003523A6"/>
     <w:rsid w:val="00353478"/>
     <w:rsid w:val="00355547"/>
     <w:rsid w:val="00355A7B"/>
     <w:rsid w:val="003613F2"/>
     <w:rsid w:val="00361885"/>
     <w:rsid w:val="003635E1"/>
     <w:rsid w:val="00370293"/>
     <w:rsid w:val="003743C0"/>
     <w:rsid w:val="00380F94"/>
     <w:rsid w:val="0038216E"/>
     <w:rsid w:val="003823C4"/>
     <w:rsid w:val="00384413"/>
     <w:rsid w:val="0038672B"/>
     <w:rsid w:val="003917CB"/>
     <w:rsid w:val="003937F2"/>
     <w:rsid w:val="00397E50"/>
     <w:rsid w:val="003A2B9F"/>
     <w:rsid w:val="003A6998"/>
     <w:rsid w:val="003A6DEB"/>
     <w:rsid w:val="003B2C50"/>
     <w:rsid w:val="003B32A8"/>
     <w:rsid w:val="003B66F7"/>
+    <w:rsid w:val="003C431D"/>
     <w:rsid w:val="003C6C20"/>
     <w:rsid w:val="003D44EF"/>
     <w:rsid w:val="003D667E"/>
     <w:rsid w:val="003E00C0"/>
     <w:rsid w:val="003E1CED"/>
     <w:rsid w:val="003E6E2F"/>
     <w:rsid w:val="003E761A"/>
     <w:rsid w:val="003F0D63"/>
     <w:rsid w:val="003F2717"/>
     <w:rsid w:val="003F2AC5"/>
     <w:rsid w:val="003F64A3"/>
     <w:rsid w:val="003F6BD2"/>
     <w:rsid w:val="003F780C"/>
+    <w:rsid w:val="00401866"/>
     <w:rsid w:val="004031F8"/>
     <w:rsid w:val="00405CA5"/>
     <w:rsid w:val="0040655D"/>
     <w:rsid w:val="0040729C"/>
     <w:rsid w:val="0041081C"/>
     <w:rsid w:val="0041109F"/>
     <w:rsid w:val="00420191"/>
     <w:rsid w:val="004206EC"/>
     <w:rsid w:val="004207C3"/>
     <w:rsid w:val="0042419D"/>
     <w:rsid w:val="0042729D"/>
     <w:rsid w:val="00430BF5"/>
     <w:rsid w:val="004355E0"/>
     <w:rsid w:val="004357A8"/>
     <w:rsid w:val="00435D73"/>
     <w:rsid w:val="00436C65"/>
     <w:rsid w:val="00445507"/>
     <w:rsid w:val="004520BD"/>
     <w:rsid w:val="00452662"/>
     <w:rsid w:val="004537AF"/>
     <w:rsid w:val="004548FB"/>
+    <w:rsid w:val="00455FD0"/>
     <w:rsid w:val="0045722F"/>
     <w:rsid w:val="00461E79"/>
     <w:rsid w:val="00464876"/>
     <w:rsid w:val="00465CC1"/>
     <w:rsid w:val="004708DC"/>
     <w:rsid w:val="00472136"/>
     <w:rsid w:val="00474D02"/>
     <w:rsid w:val="00476783"/>
     <w:rsid w:val="00477CAC"/>
     <w:rsid w:val="00480E18"/>
+    <w:rsid w:val="004827AF"/>
     <w:rsid w:val="004857A3"/>
     <w:rsid w:val="00491485"/>
     <w:rsid w:val="00496A1A"/>
     <w:rsid w:val="004A4E0D"/>
     <w:rsid w:val="004A73C3"/>
     <w:rsid w:val="004A7B3E"/>
     <w:rsid w:val="004B0286"/>
     <w:rsid w:val="004B05B4"/>
     <w:rsid w:val="004B2D91"/>
     <w:rsid w:val="004B2D92"/>
     <w:rsid w:val="004C0A30"/>
     <w:rsid w:val="004C1857"/>
     <w:rsid w:val="004C47AF"/>
     <w:rsid w:val="004C6EB8"/>
     <w:rsid w:val="004D49DB"/>
     <w:rsid w:val="004D51BF"/>
     <w:rsid w:val="004E46BA"/>
     <w:rsid w:val="004E5F46"/>
     <w:rsid w:val="004F016A"/>
     <w:rsid w:val="004F0E18"/>
     <w:rsid w:val="004F2636"/>
     <w:rsid w:val="004F4DDB"/>
     <w:rsid w:val="004F4E7C"/>
     <w:rsid w:val="004F4F63"/>
     <w:rsid w:val="004F50EA"/>
     <w:rsid w:val="004F5B18"/>
     <w:rsid w:val="004F7A9A"/>
     <w:rsid w:val="005054B8"/>
     <w:rsid w:val="00505DB8"/>
     <w:rsid w:val="00506441"/>
     <w:rsid w:val="0051190D"/>
     <w:rsid w:val="00512510"/>
     <w:rsid w:val="005150EF"/>
     <w:rsid w:val="00520962"/>
     <w:rsid w:val="00521409"/>
     <w:rsid w:val="005221D7"/>
     <w:rsid w:val="005236AF"/>
+    <w:rsid w:val="00531188"/>
     <w:rsid w:val="0053275F"/>
     <w:rsid w:val="00534E05"/>
     <w:rsid w:val="00535FF2"/>
     <w:rsid w:val="00537B50"/>
     <w:rsid w:val="005415EC"/>
     <w:rsid w:val="005419B8"/>
     <w:rsid w:val="00541A1F"/>
     <w:rsid w:val="00542F38"/>
     <w:rsid w:val="005449BA"/>
     <w:rsid w:val="00544A36"/>
     <w:rsid w:val="005466E1"/>
     <w:rsid w:val="00551C03"/>
     <w:rsid w:val="0055372A"/>
     <w:rsid w:val="005543A8"/>
     <w:rsid w:val="0055567F"/>
     <w:rsid w:val="005564C0"/>
     <w:rsid w:val="005620B5"/>
     <w:rsid w:val="00563A77"/>
     <w:rsid w:val="005640DD"/>
     <w:rsid w:val="00565ECE"/>
     <w:rsid w:val="0057599C"/>
     <w:rsid w:val="005759DD"/>
     <w:rsid w:val="0057660A"/>
     <w:rsid w:val="005767C4"/>
     <w:rsid w:val="00577D53"/>
     <w:rsid w:val="00581D50"/>
     <w:rsid w:val="00583142"/>
     <w:rsid w:val="0059105F"/>
     <w:rsid w:val="005954BF"/>
     <w:rsid w:val="005955E9"/>
     <w:rsid w:val="00595FA3"/>
     <w:rsid w:val="005A4AA1"/>
     <w:rsid w:val="005A5CB3"/>
     <w:rsid w:val="005B0C5A"/>
     <w:rsid w:val="005B3824"/>
     <w:rsid w:val="005C158F"/>
     <w:rsid w:val="005C53CB"/>
     <w:rsid w:val="005C6ABB"/>
     <w:rsid w:val="005C7200"/>
     <w:rsid w:val="005C7216"/>
     <w:rsid w:val="005C7606"/>
     <w:rsid w:val="005D2A9E"/>
     <w:rsid w:val="005D7843"/>
     <w:rsid w:val="005E182E"/>
     <w:rsid w:val="005E20AD"/>
+    <w:rsid w:val="005E2A19"/>
     <w:rsid w:val="005E4692"/>
     <w:rsid w:val="005E52AC"/>
     <w:rsid w:val="005E5462"/>
     <w:rsid w:val="005E660C"/>
     <w:rsid w:val="005F0827"/>
     <w:rsid w:val="005F1892"/>
     <w:rsid w:val="005F73D6"/>
     <w:rsid w:val="00600C13"/>
     <w:rsid w:val="00600C82"/>
     <w:rsid w:val="00601047"/>
     <w:rsid w:val="00602396"/>
     <w:rsid w:val="00604FE3"/>
     <w:rsid w:val="00610B72"/>
     <w:rsid w:val="00613370"/>
     <w:rsid w:val="0061379C"/>
     <w:rsid w:val="00617139"/>
     <w:rsid w:val="00620E38"/>
     <w:rsid w:val="00626F74"/>
     <w:rsid w:val="00627055"/>
     <w:rsid w:val="006270AA"/>
     <w:rsid w:val="0062797E"/>
     <w:rsid w:val="006324B1"/>
     <w:rsid w:val="0063317A"/>
     <w:rsid w:val="00633371"/>
     <w:rsid w:val="00635738"/>
@@ -17623,254 +17477,266 @@
     <w:rsid w:val="006F330E"/>
     <w:rsid w:val="006F3CDC"/>
     <w:rsid w:val="006F49E2"/>
     <w:rsid w:val="006F5E2F"/>
     <w:rsid w:val="00707043"/>
     <w:rsid w:val="00707223"/>
     <w:rsid w:val="00707F74"/>
     <w:rsid w:val="00712399"/>
     <w:rsid w:val="00713002"/>
     <w:rsid w:val="00720D31"/>
     <w:rsid w:val="0072412E"/>
     <w:rsid w:val="00731609"/>
     <w:rsid w:val="00732B60"/>
     <w:rsid w:val="00733C5B"/>
     <w:rsid w:val="00737D82"/>
     <w:rsid w:val="007424D0"/>
     <w:rsid w:val="00743618"/>
     <w:rsid w:val="00744560"/>
     <w:rsid w:val="00746FEF"/>
     <w:rsid w:val="007506CF"/>
     <w:rsid w:val="00757655"/>
     <w:rsid w:val="00767867"/>
     <w:rsid w:val="0077188E"/>
     <w:rsid w:val="00772D3B"/>
     <w:rsid w:val="00773528"/>
+    <w:rsid w:val="0077765D"/>
     <w:rsid w:val="00782079"/>
     <w:rsid w:val="00783F26"/>
     <w:rsid w:val="0078674B"/>
     <w:rsid w:val="007917DC"/>
     <w:rsid w:val="00791ADC"/>
+    <w:rsid w:val="00792C29"/>
     <w:rsid w:val="00792CC6"/>
     <w:rsid w:val="00796959"/>
     <w:rsid w:val="007A0CFF"/>
     <w:rsid w:val="007A16BA"/>
     <w:rsid w:val="007B1AB0"/>
     <w:rsid w:val="007B1C6F"/>
     <w:rsid w:val="007B21BC"/>
     <w:rsid w:val="007B6DD1"/>
     <w:rsid w:val="007C10FE"/>
     <w:rsid w:val="007C2407"/>
     <w:rsid w:val="007C2808"/>
     <w:rsid w:val="007C31E5"/>
     <w:rsid w:val="007C4491"/>
     <w:rsid w:val="007C6EF6"/>
     <w:rsid w:val="007C7D64"/>
     <w:rsid w:val="007D3636"/>
     <w:rsid w:val="007D3834"/>
     <w:rsid w:val="007D7D63"/>
     <w:rsid w:val="007E3231"/>
     <w:rsid w:val="007E5FC9"/>
     <w:rsid w:val="007E7353"/>
     <w:rsid w:val="007F10B4"/>
     <w:rsid w:val="007F4069"/>
     <w:rsid w:val="007F42F6"/>
+    <w:rsid w:val="007F4F97"/>
+    <w:rsid w:val="007F5213"/>
     <w:rsid w:val="007F5978"/>
+    <w:rsid w:val="008003DC"/>
     <w:rsid w:val="0080249B"/>
     <w:rsid w:val="008025F4"/>
     <w:rsid w:val="00802E0D"/>
     <w:rsid w:val="00804757"/>
     <w:rsid w:val="008068AC"/>
     <w:rsid w:val="0081040E"/>
     <w:rsid w:val="0081136B"/>
     <w:rsid w:val="00811B8A"/>
     <w:rsid w:val="0081482C"/>
     <w:rsid w:val="00815FED"/>
     <w:rsid w:val="00820949"/>
     <w:rsid w:val="008209DD"/>
     <w:rsid w:val="0082122C"/>
     <w:rsid w:val="00823F0B"/>
     <w:rsid w:val="00824158"/>
     <w:rsid w:val="00825243"/>
     <w:rsid w:val="00825CCB"/>
     <w:rsid w:val="00825D56"/>
     <w:rsid w:val="008304D1"/>
     <w:rsid w:val="008345BC"/>
     <w:rsid w:val="008348B6"/>
     <w:rsid w:val="00836AE6"/>
     <w:rsid w:val="008418D1"/>
     <w:rsid w:val="00845BAE"/>
     <w:rsid w:val="0085115A"/>
     <w:rsid w:val="00851EF8"/>
     <w:rsid w:val="00857B4E"/>
     <w:rsid w:val="00860681"/>
     <w:rsid w:val="00862EAA"/>
     <w:rsid w:val="00863342"/>
+    <w:rsid w:val="00863886"/>
     <w:rsid w:val="00872A75"/>
     <w:rsid w:val="00876FAD"/>
     <w:rsid w:val="00883414"/>
     <w:rsid w:val="0089038A"/>
     <w:rsid w:val="0089651A"/>
     <w:rsid w:val="008966FE"/>
     <w:rsid w:val="008A01B5"/>
     <w:rsid w:val="008A0323"/>
     <w:rsid w:val="008A0998"/>
     <w:rsid w:val="008A0DDA"/>
     <w:rsid w:val="008A452B"/>
     <w:rsid w:val="008B1142"/>
     <w:rsid w:val="008B1660"/>
     <w:rsid w:val="008B3980"/>
     <w:rsid w:val="008B4509"/>
     <w:rsid w:val="008B60A1"/>
     <w:rsid w:val="008B6EA6"/>
     <w:rsid w:val="008B6F07"/>
     <w:rsid w:val="008C3A95"/>
     <w:rsid w:val="008D03A1"/>
     <w:rsid w:val="008D1388"/>
+    <w:rsid w:val="008D1B90"/>
     <w:rsid w:val="008D3412"/>
     <w:rsid w:val="008D3BB3"/>
     <w:rsid w:val="008D486E"/>
     <w:rsid w:val="008D706B"/>
     <w:rsid w:val="008D7243"/>
     <w:rsid w:val="008D7C3D"/>
     <w:rsid w:val="008E20AC"/>
     <w:rsid w:val="008E50DE"/>
     <w:rsid w:val="008E5601"/>
     <w:rsid w:val="008E6C7A"/>
     <w:rsid w:val="008F06A5"/>
     <w:rsid w:val="008F14A5"/>
     <w:rsid w:val="008F42F0"/>
     <w:rsid w:val="008F44C8"/>
     <w:rsid w:val="008F46F7"/>
     <w:rsid w:val="008F77F9"/>
     <w:rsid w:val="00907C8E"/>
     <w:rsid w:val="00911D10"/>
     <w:rsid w:val="0091218F"/>
     <w:rsid w:val="00913119"/>
+    <w:rsid w:val="00917D10"/>
     <w:rsid w:val="009273DF"/>
     <w:rsid w:val="00932173"/>
     <w:rsid w:val="0093229D"/>
     <w:rsid w:val="00933A6A"/>
     <w:rsid w:val="00934D07"/>
     <w:rsid w:val="00935F38"/>
     <w:rsid w:val="00937E12"/>
     <w:rsid w:val="00937FC3"/>
     <w:rsid w:val="00941B22"/>
     <w:rsid w:val="00942C2A"/>
     <w:rsid w:val="00943321"/>
     <w:rsid w:val="00944BF8"/>
     <w:rsid w:val="00945C00"/>
     <w:rsid w:val="00950595"/>
+    <w:rsid w:val="009561FF"/>
     <w:rsid w:val="0095686D"/>
     <w:rsid w:val="00960090"/>
     <w:rsid w:val="00960531"/>
     <w:rsid w:val="0096100D"/>
     <w:rsid w:val="0096124B"/>
     <w:rsid w:val="00961CC3"/>
     <w:rsid w:val="00961F0D"/>
     <w:rsid w:val="009631AB"/>
     <w:rsid w:val="009649E7"/>
     <w:rsid w:val="0096522A"/>
     <w:rsid w:val="00965A99"/>
     <w:rsid w:val="009666E5"/>
     <w:rsid w:val="00967321"/>
     <w:rsid w:val="0096778F"/>
     <w:rsid w:val="00970E9E"/>
     <w:rsid w:val="00973901"/>
     <w:rsid w:val="00975804"/>
     <w:rsid w:val="00976092"/>
     <w:rsid w:val="00980D19"/>
     <w:rsid w:val="009857BA"/>
+    <w:rsid w:val="00986861"/>
     <w:rsid w:val="00990374"/>
     <w:rsid w:val="009959A0"/>
     <w:rsid w:val="009A43FC"/>
     <w:rsid w:val="009A5651"/>
     <w:rsid w:val="009A7609"/>
     <w:rsid w:val="009B0D92"/>
     <w:rsid w:val="009B212F"/>
     <w:rsid w:val="009B25FF"/>
     <w:rsid w:val="009B6D23"/>
     <w:rsid w:val="009C11C4"/>
     <w:rsid w:val="009C5078"/>
     <w:rsid w:val="009C6155"/>
     <w:rsid w:val="009C6BEE"/>
     <w:rsid w:val="009C77FD"/>
     <w:rsid w:val="009D1EFA"/>
     <w:rsid w:val="009D46C2"/>
     <w:rsid w:val="009D47DF"/>
     <w:rsid w:val="009D488D"/>
     <w:rsid w:val="009D7A78"/>
     <w:rsid w:val="009E01EB"/>
     <w:rsid w:val="009E1717"/>
     <w:rsid w:val="009E177D"/>
     <w:rsid w:val="009E2B30"/>
     <w:rsid w:val="009E30D1"/>
     <w:rsid w:val="009E5D1D"/>
     <w:rsid w:val="009E628B"/>
     <w:rsid w:val="009E7C38"/>
     <w:rsid w:val="009F2682"/>
     <w:rsid w:val="009F2BFE"/>
     <w:rsid w:val="009F53E7"/>
     <w:rsid w:val="009F62CD"/>
     <w:rsid w:val="009F6A21"/>
     <w:rsid w:val="009F6FAF"/>
     <w:rsid w:val="00A0188B"/>
     <w:rsid w:val="00A02B1B"/>
     <w:rsid w:val="00A0405F"/>
     <w:rsid w:val="00A043E5"/>
     <w:rsid w:val="00A10514"/>
     <w:rsid w:val="00A11044"/>
     <w:rsid w:val="00A1217B"/>
     <w:rsid w:val="00A12C0A"/>
     <w:rsid w:val="00A14366"/>
     <w:rsid w:val="00A154CA"/>
     <w:rsid w:val="00A15855"/>
     <w:rsid w:val="00A17FD7"/>
+    <w:rsid w:val="00A2103D"/>
     <w:rsid w:val="00A21041"/>
     <w:rsid w:val="00A229E3"/>
     <w:rsid w:val="00A26B7D"/>
     <w:rsid w:val="00A2754A"/>
     <w:rsid w:val="00A27EED"/>
     <w:rsid w:val="00A33A99"/>
     <w:rsid w:val="00A347A1"/>
     <w:rsid w:val="00A35414"/>
     <w:rsid w:val="00A37535"/>
     <w:rsid w:val="00A40FC7"/>
     <w:rsid w:val="00A41C43"/>
     <w:rsid w:val="00A41FB5"/>
     <w:rsid w:val="00A43AF8"/>
     <w:rsid w:val="00A43B39"/>
     <w:rsid w:val="00A44C27"/>
     <w:rsid w:val="00A47773"/>
     <w:rsid w:val="00A50DD2"/>
     <w:rsid w:val="00A51CDC"/>
     <w:rsid w:val="00A52190"/>
     <w:rsid w:val="00A53093"/>
     <w:rsid w:val="00A57155"/>
     <w:rsid w:val="00A64F2A"/>
     <w:rsid w:val="00A67C92"/>
     <w:rsid w:val="00A73E26"/>
+    <w:rsid w:val="00A7516E"/>
     <w:rsid w:val="00A754DB"/>
     <w:rsid w:val="00A831AB"/>
     <w:rsid w:val="00A905BF"/>
     <w:rsid w:val="00A917DC"/>
     <w:rsid w:val="00A928FE"/>
     <w:rsid w:val="00A93AFF"/>
     <w:rsid w:val="00A95252"/>
     <w:rsid w:val="00A9595B"/>
     <w:rsid w:val="00A96C4D"/>
     <w:rsid w:val="00A97DF8"/>
     <w:rsid w:val="00AA1338"/>
     <w:rsid w:val="00AA343C"/>
     <w:rsid w:val="00AA7825"/>
     <w:rsid w:val="00AB2185"/>
     <w:rsid w:val="00AB289F"/>
     <w:rsid w:val="00AB334E"/>
     <w:rsid w:val="00AC37F5"/>
     <w:rsid w:val="00AD03C5"/>
     <w:rsid w:val="00AD1CC2"/>
     <w:rsid w:val="00AD1E9F"/>
     <w:rsid w:val="00AD2D83"/>
     <w:rsid w:val="00AD5CB1"/>
     <w:rsid w:val="00AD62E1"/>
     <w:rsid w:val="00AD7C5A"/>
     <w:rsid w:val="00AE03F1"/>
@@ -17921,131 +17787,140 @@
     <w:rsid w:val="00B9499E"/>
     <w:rsid w:val="00B94AC2"/>
     <w:rsid w:val="00B97A15"/>
     <w:rsid w:val="00BB2EEF"/>
     <w:rsid w:val="00BB731A"/>
     <w:rsid w:val="00BC1DA0"/>
     <w:rsid w:val="00BC21A2"/>
     <w:rsid w:val="00BC41F1"/>
     <w:rsid w:val="00BD08C1"/>
     <w:rsid w:val="00BD1570"/>
     <w:rsid w:val="00BD7EB6"/>
     <w:rsid w:val="00BE24E0"/>
     <w:rsid w:val="00BE3112"/>
     <w:rsid w:val="00BE4D7E"/>
     <w:rsid w:val="00BE5789"/>
     <w:rsid w:val="00BE696B"/>
     <w:rsid w:val="00BE71EB"/>
     <w:rsid w:val="00BF1ACC"/>
     <w:rsid w:val="00BF1DD1"/>
     <w:rsid w:val="00BF5428"/>
     <w:rsid w:val="00BF7420"/>
     <w:rsid w:val="00C04727"/>
     <w:rsid w:val="00C10A7B"/>
     <w:rsid w:val="00C12B61"/>
     <w:rsid w:val="00C12EDB"/>
+    <w:rsid w:val="00C14640"/>
     <w:rsid w:val="00C22071"/>
     <w:rsid w:val="00C22F04"/>
     <w:rsid w:val="00C263C2"/>
     <w:rsid w:val="00C26C6C"/>
     <w:rsid w:val="00C27816"/>
     <w:rsid w:val="00C30D75"/>
     <w:rsid w:val="00C333B6"/>
     <w:rsid w:val="00C340E9"/>
     <w:rsid w:val="00C35889"/>
     <w:rsid w:val="00C366CA"/>
     <w:rsid w:val="00C405A0"/>
     <w:rsid w:val="00C43693"/>
     <w:rsid w:val="00C44B48"/>
     <w:rsid w:val="00C452AA"/>
     <w:rsid w:val="00C47BAA"/>
     <w:rsid w:val="00C50EDD"/>
     <w:rsid w:val="00C50F96"/>
     <w:rsid w:val="00C51356"/>
     <w:rsid w:val="00C537EC"/>
     <w:rsid w:val="00C55B67"/>
     <w:rsid w:val="00C55CCB"/>
     <w:rsid w:val="00C55F7F"/>
+    <w:rsid w:val="00C57F45"/>
     <w:rsid w:val="00C61979"/>
     <w:rsid w:val="00C631A2"/>
     <w:rsid w:val="00C64B5C"/>
     <w:rsid w:val="00C67274"/>
     <w:rsid w:val="00C672FA"/>
     <w:rsid w:val="00C70827"/>
     <w:rsid w:val="00C72E40"/>
+    <w:rsid w:val="00C7380D"/>
     <w:rsid w:val="00C73AA5"/>
     <w:rsid w:val="00C75EF5"/>
+    <w:rsid w:val="00C7628D"/>
+    <w:rsid w:val="00C807C5"/>
     <w:rsid w:val="00C823D9"/>
     <w:rsid w:val="00C82A0C"/>
     <w:rsid w:val="00C857EC"/>
     <w:rsid w:val="00C91799"/>
     <w:rsid w:val="00C94DB0"/>
     <w:rsid w:val="00C964B5"/>
     <w:rsid w:val="00C96A17"/>
     <w:rsid w:val="00CA125C"/>
     <w:rsid w:val="00CA16F0"/>
     <w:rsid w:val="00CA1C4E"/>
     <w:rsid w:val="00CA2B14"/>
     <w:rsid w:val="00CA38E6"/>
     <w:rsid w:val="00CA4DF7"/>
     <w:rsid w:val="00CA698D"/>
     <w:rsid w:val="00CA7432"/>
     <w:rsid w:val="00CB160A"/>
     <w:rsid w:val="00CB4D44"/>
     <w:rsid w:val="00CB6F67"/>
     <w:rsid w:val="00CC00BF"/>
     <w:rsid w:val="00CC18F0"/>
     <w:rsid w:val="00CC2C77"/>
     <w:rsid w:val="00CC36A9"/>
     <w:rsid w:val="00CC46F7"/>
     <w:rsid w:val="00CC4EF9"/>
     <w:rsid w:val="00CC6367"/>
     <w:rsid w:val="00CC7191"/>
     <w:rsid w:val="00CD43D9"/>
     <w:rsid w:val="00CD511F"/>
     <w:rsid w:val="00CD6EAB"/>
     <w:rsid w:val="00CE0CBB"/>
     <w:rsid w:val="00CE1BDF"/>
     <w:rsid w:val="00CE28DF"/>
+    <w:rsid w:val="00CE5255"/>
     <w:rsid w:val="00CE52C3"/>
     <w:rsid w:val="00CE5CCF"/>
+    <w:rsid w:val="00CF1B72"/>
+    <w:rsid w:val="00CF3002"/>
     <w:rsid w:val="00D02544"/>
     <w:rsid w:val="00D0354F"/>
     <w:rsid w:val="00D03676"/>
     <w:rsid w:val="00D0375A"/>
     <w:rsid w:val="00D060AC"/>
     <w:rsid w:val="00D10EEE"/>
     <w:rsid w:val="00D153BB"/>
     <w:rsid w:val="00D16836"/>
     <w:rsid w:val="00D22324"/>
     <w:rsid w:val="00D23751"/>
     <w:rsid w:val="00D24984"/>
     <w:rsid w:val="00D27B8A"/>
     <w:rsid w:val="00D30491"/>
     <w:rsid w:val="00D30625"/>
     <w:rsid w:val="00D31572"/>
     <w:rsid w:val="00D316C0"/>
+    <w:rsid w:val="00D320B7"/>
     <w:rsid w:val="00D32A3C"/>
     <w:rsid w:val="00D333A8"/>
     <w:rsid w:val="00D33AA6"/>
     <w:rsid w:val="00D346D8"/>
     <w:rsid w:val="00D37DC7"/>
     <w:rsid w:val="00D447D8"/>
     <w:rsid w:val="00D50AC7"/>
     <w:rsid w:val="00D53841"/>
     <w:rsid w:val="00D5529E"/>
     <w:rsid w:val="00D56354"/>
     <w:rsid w:val="00D566D2"/>
     <w:rsid w:val="00D57498"/>
     <w:rsid w:val="00D62E8B"/>
     <w:rsid w:val="00D633C1"/>
     <w:rsid w:val="00D63EB6"/>
     <w:rsid w:val="00D63FF2"/>
     <w:rsid w:val="00D653CD"/>
     <w:rsid w:val="00D671E1"/>
     <w:rsid w:val="00D67761"/>
     <w:rsid w:val="00D7149A"/>
     <w:rsid w:val="00D724B4"/>
     <w:rsid w:val="00D7335B"/>
     <w:rsid w:val="00D82F03"/>
     <w:rsid w:val="00D87BA5"/>
     <w:rsid w:val="00D95363"/>
@@ -18078,50 +17953,51 @@
     <w:rsid w:val="00E017BF"/>
     <w:rsid w:val="00E02658"/>
     <w:rsid w:val="00E03855"/>
     <w:rsid w:val="00E04C09"/>
     <w:rsid w:val="00E07B64"/>
     <w:rsid w:val="00E1051B"/>
     <w:rsid w:val="00E108FC"/>
     <w:rsid w:val="00E123DD"/>
     <w:rsid w:val="00E12B14"/>
     <w:rsid w:val="00E12BD8"/>
     <w:rsid w:val="00E15F72"/>
     <w:rsid w:val="00E22D8B"/>
     <w:rsid w:val="00E329F2"/>
     <w:rsid w:val="00E32B5B"/>
     <w:rsid w:val="00E35AF0"/>
     <w:rsid w:val="00E36D34"/>
     <w:rsid w:val="00E40ED4"/>
     <w:rsid w:val="00E40F4D"/>
     <w:rsid w:val="00E42557"/>
     <w:rsid w:val="00E433AB"/>
     <w:rsid w:val="00E46913"/>
     <w:rsid w:val="00E47110"/>
     <w:rsid w:val="00E5085C"/>
     <w:rsid w:val="00E53180"/>
     <w:rsid w:val="00E54220"/>
+    <w:rsid w:val="00E55072"/>
     <w:rsid w:val="00E5519E"/>
     <w:rsid w:val="00E57131"/>
     <w:rsid w:val="00E5716B"/>
     <w:rsid w:val="00E57BA6"/>
     <w:rsid w:val="00E57D2D"/>
     <w:rsid w:val="00E6292A"/>
     <w:rsid w:val="00E65FC1"/>
     <w:rsid w:val="00E6615F"/>
     <w:rsid w:val="00E66E2A"/>
     <w:rsid w:val="00E702BA"/>
     <w:rsid w:val="00E721C4"/>
     <w:rsid w:val="00E72D99"/>
     <w:rsid w:val="00E73694"/>
     <w:rsid w:val="00E7638F"/>
     <w:rsid w:val="00E8314A"/>
     <w:rsid w:val="00E8361E"/>
     <w:rsid w:val="00E8372A"/>
     <w:rsid w:val="00E85768"/>
     <w:rsid w:val="00E86592"/>
     <w:rsid w:val="00E90FB2"/>
     <w:rsid w:val="00E97D34"/>
     <w:rsid w:val="00EA148C"/>
     <w:rsid w:val="00EA2DE9"/>
     <w:rsid w:val="00EA41EC"/>
     <w:rsid w:val="00EA6D0C"/>
@@ -18129,58 +18005,60 @@
     <w:rsid w:val="00EB2B6B"/>
     <w:rsid w:val="00EB52D2"/>
     <w:rsid w:val="00EB5702"/>
     <w:rsid w:val="00EB5E1F"/>
     <w:rsid w:val="00EB75E5"/>
     <w:rsid w:val="00EC03FB"/>
     <w:rsid w:val="00EC2630"/>
     <w:rsid w:val="00EC5C25"/>
     <w:rsid w:val="00ED0740"/>
     <w:rsid w:val="00ED18BF"/>
     <w:rsid w:val="00ED4704"/>
     <w:rsid w:val="00ED6166"/>
     <w:rsid w:val="00EE0105"/>
     <w:rsid w:val="00EE0EC0"/>
     <w:rsid w:val="00EE2E06"/>
     <w:rsid w:val="00EE37D4"/>
     <w:rsid w:val="00EE4413"/>
     <w:rsid w:val="00EF1817"/>
     <w:rsid w:val="00EF31EB"/>
     <w:rsid w:val="00EF54AC"/>
     <w:rsid w:val="00EF668F"/>
     <w:rsid w:val="00EF74CF"/>
     <w:rsid w:val="00EF7BF0"/>
     <w:rsid w:val="00F01A64"/>
     <w:rsid w:val="00F06030"/>
+    <w:rsid w:val="00F07BD2"/>
     <w:rsid w:val="00F07E56"/>
     <w:rsid w:val="00F21C49"/>
     <w:rsid w:val="00F22242"/>
     <w:rsid w:val="00F32DD1"/>
     <w:rsid w:val="00F33906"/>
     <w:rsid w:val="00F3652A"/>
     <w:rsid w:val="00F37BF0"/>
     <w:rsid w:val="00F41271"/>
+    <w:rsid w:val="00F428E6"/>
     <w:rsid w:val="00F44917"/>
     <w:rsid w:val="00F44B7C"/>
     <w:rsid w:val="00F51C9A"/>
     <w:rsid w:val="00F52DB8"/>
     <w:rsid w:val="00F607F5"/>
     <w:rsid w:val="00F66AA1"/>
     <w:rsid w:val="00F67D69"/>
     <w:rsid w:val="00F72111"/>
     <w:rsid w:val="00F7331F"/>
     <w:rsid w:val="00F73E0C"/>
     <w:rsid w:val="00F74F67"/>
     <w:rsid w:val="00F774EA"/>
     <w:rsid w:val="00F7778F"/>
     <w:rsid w:val="00F810B5"/>
     <w:rsid w:val="00F81374"/>
     <w:rsid w:val="00F8362F"/>
     <w:rsid w:val="00F90B0C"/>
     <w:rsid w:val="00F920CE"/>
     <w:rsid w:val="00F93BAF"/>
     <w:rsid w:val="00F93DAF"/>
     <w:rsid w:val="00F945A9"/>
     <w:rsid w:val="00F975F5"/>
     <w:rsid w:val="00FA4611"/>
     <w:rsid w:val="00FA5705"/>
     <w:rsid w:val="00FA578C"/>
@@ -18202,51 +18080,51 @@
     <w:rsid w:val="00FF1583"/>
     <w:rsid w:val="00FF5FA5"/>
     <w:rsid w:val="00FF6441"/>
     <w:rsid w:val="00FF6711"/>
     <w:rsid w:val="11CD074D"/>
     <w:rsid w:val="34ACAAFF"/>
     <w:rsid w:val="650C0003"/>
     <w:rsid w:val="66F02BE7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0598DE37"/>
   <w15:docId w15:val="{E75EB9E6-5FD4-4944-AE4A-AFB0B2FDD332}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -19036,51 +18914,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2067562050">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SDInputters@somerset.gov.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/children-young-peoples-services/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/document/ce-screening-tool/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/effective-support-for-children-and-families-in-somerset/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://professionalchoices.org.uk/download/392/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/download/320/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.somerset.gov.uk/children-families-and-education/the-local-offer/education/graduated-response/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/multi-agency-step-up-step-down/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/eha/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/effective-support-for-children-and-families-in-somerset/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cypsomersethealth.org/managing_relationship_conflict" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/children-young-peoples-services/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/privacy-notice-eha/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.somerset.gov.uk/children-families-and-education/the-local-offer/education/graduated-response/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/family-strengths-and-needs-toolkit/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/children-young-peoples-services/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/download/320/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/download/320/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/eha/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/effective-support-for-children-and-families-in-somerset/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/download/320/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/eha/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/download/320/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/download/320/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://professionalchoices.org.uk/download/392/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.somerset.gov.uk/children-families-and-education/the-local-offer/education-and-learning-support/graduated-response/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/eha/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cypsomersethealth.org/managing_relationship_conflict" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/wp-content/uploads/2026/02/Worksheet-in-C.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/effective-support-for-children-and-families-in-somerset/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/multi-agency-step-up-step-down/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/privacy-notice-eha/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.somerset.gov.uk/children-families-and-education/the-local-offer/education-and-learning-support/graduated-response/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/family-strengths-and-needs-toolkit/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/children-young-peoples-services/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/children-young-peoples-services/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SDInputters@somerset.gov.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/effective-support-for-children-and-families-in-somerset/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://somersetsafeguardingchildren.org.uk/publication/multi-agency-exploitation-screening-tool/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://professionalchoices.org.uk/children-young-peoples-services/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2403E02D4DE545CDB92090C65282F966"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7024AA9A-AE0C-4983-B1D2-1C60E2545928}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -20539,61 +20417,63 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006B23D0"/>
     <w:rsid w:val="00015BA1"/>
     <w:rsid w:val="00031123"/>
     <w:rsid w:val="0006275E"/>
     <w:rsid w:val="0006325A"/>
     <w:rsid w:val="00070D6F"/>
     <w:rsid w:val="000F1C4C"/>
     <w:rsid w:val="00122AD8"/>
     <w:rsid w:val="001620D0"/>
     <w:rsid w:val="001653D6"/>
     <w:rsid w:val="00181D64"/>
     <w:rsid w:val="001A45C2"/>
     <w:rsid w:val="001D5D9C"/>
     <w:rsid w:val="001E5067"/>
+    <w:rsid w:val="001F028B"/>
     <w:rsid w:val="001F74ED"/>
     <w:rsid w:val="00216501"/>
     <w:rsid w:val="002203CD"/>
     <w:rsid w:val="00234F3A"/>
     <w:rsid w:val="00257C8F"/>
     <w:rsid w:val="002868C4"/>
     <w:rsid w:val="002A6A38"/>
     <w:rsid w:val="002D20D6"/>
     <w:rsid w:val="002E1F39"/>
     <w:rsid w:val="003042F6"/>
     <w:rsid w:val="003144C4"/>
+    <w:rsid w:val="00332FB2"/>
     <w:rsid w:val="0033314F"/>
     <w:rsid w:val="0036205C"/>
     <w:rsid w:val="003627A9"/>
     <w:rsid w:val="00372F58"/>
     <w:rsid w:val="003B3782"/>
     <w:rsid w:val="003E2C11"/>
     <w:rsid w:val="003F6BD2"/>
     <w:rsid w:val="00405889"/>
     <w:rsid w:val="00430BF5"/>
     <w:rsid w:val="00436A3D"/>
     <w:rsid w:val="00465CC1"/>
     <w:rsid w:val="004846B4"/>
     <w:rsid w:val="004C4636"/>
     <w:rsid w:val="004F0514"/>
     <w:rsid w:val="005054B8"/>
     <w:rsid w:val="00510AA4"/>
     <w:rsid w:val="00525FB7"/>
     <w:rsid w:val="005336C6"/>
     <w:rsid w:val="0053521A"/>
     <w:rsid w:val="00551C03"/>
     <w:rsid w:val="00567803"/>
     <w:rsid w:val="005A1105"/>
     <w:rsid w:val="005A5E90"/>
     <w:rsid w:val="005C112B"/>
     <w:rsid w:val="005C5FAA"/>
@@ -20642,55 +20522,57 @@
     <w:rsid w:val="009544F4"/>
     <w:rsid w:val="00962D9E"/>
     <w:rsid w:val="009644B4"/>
     <w:rsid w:val="00965177"/>
     <w:rsid w:val="0096522A"/>
     <w:rsid w:val="00976092"/>
     <w:rsid w:val="00991F08"/>
     <w:rsid w:val="00992C81"/>
     <w:rsid w:val="009A48CA"/>
     <w:rsid w:val="00A062B2"/>
     <w:rsid w:val="00A07776"/>
     <w:rsid w:val="00A167F7"/>
     <w:rsid w:val="00A33114"/>
     <w:rsid w:val="00A76981"/>
     <w:rsid w:val="00A86C67"/>
     <w:rsid w:val="00AB7258"/>
     <w:rsid w:val="00AD5477"/>
     <w:rsid w:val="00B22A94"/>
     <w:rsid w:val="00B94AC2"/>
     <w:rsid w:val="00BA6DC5"/>
     <w:rsid w:val="00BD4C3F"/>
     <w:rsid w:val="00BD7F13"/>
     <w:rsid w:val="00BE4D7E"/>
     <w:rsid w:val="00C04FFC"/>
     <w:rsid w:val="00C073FB"/>
+    <w:rsid w:val="00C65F3C"/>
     <w:rsid w:val="00C91125"/>
     <w:rsid w:val="00CA1D57"/>
     <w:rsid w:val="00CA62D4"/>
     <w:rsid w:val="00CB0D3E"/>
     <w:rsid w:val="00CC0870"/>
+    <w:rsid w:val="00CF1B72"/>
     <w:rsid w:val="00D0005D"/>
     <w:rsid w:val="00D048BB"/>
     <w:rsid w:val="00D20668"/>
     <w:rsid w:val="00D837B2"/>
     <w:rsid w:val="00D9463B"/>
     <w:rsid w:val="00D95968"/>
     <w:rsid w:val="00DB0545"/>
     <w:rsid w:val="00DD57FC"/>
     <w:rsid w:val="00DD6DFD"/>
     <w:rsid w:val="00E365B1"/>
     <w:rsid w:val="00E63202"/>
     <w:rsid w:val="00E63CAB"/>
     <w:rsid w:val="00E651FF"/>
     <w:rsid w:val="00E73EF9"/>
     <w:rsid w:val="00E86714"/>
     <w:rsid w:val="00EA79CE"/>
     <w:rsid w:val="00F02B03"/>
     <w:rsid w:val="00F235DF"/>
     <w:rsid w:val="00F2364D"/>
     <w:rsid w:val="00F52DB8"/>
     <w:rsid w:val="00F577D2"/>
     <w:rsid w:val="00F80C46"/>
     <w:rsid w:val="00F95E0A"/>
     <w:rsid w:val="00FC7B55"/>
     <w:rsid w:val="00FD25F4"/>
@@ -21616,76 +21498,50 @@
     <w:name w:val="836A737A008646B8BEC250A2EA6F1A28"/>
     <w:rsid w:val="00E63CAB"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4500F2B33635468ABEA614B2F744D66B">
     <w:name w:val="4500F2B33635468ABEA614B2F744D66B"/>
     <w:rsid w:val="00122AD8"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B723EB64ABF43AF971B7183476AF62C">
-[...24 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -21967,65 +21823,59 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F1584856A8F8E04DA4D4A57F5A02894F" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7a694b2275bfaad350fd7930564a772c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="18c50232-20aa-4a3c-ac44-faa97072f9de" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9644d8fa96cb891f7db64502f433cc33" ns2:_="">
     <xsd:import namespace="18c50232-20aa-4a3c-ac44-faa97072f9de"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="18c50232-20aa-4a3c-ac44-faa97072f9de" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -22125,138 +21975,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="7b6b569b-509a-467d-b105-d97728d3fc11" ContentTypeId="0x0101" PreviousValue="false" LastSyncTimeStamp="2018-02-02T11:34:11.213Z"/>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFEFF872-8888-4568-8332-CE4981164CAF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE80B5BF-7B5F-44B3-BAA5-0C65F31C711B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFAB3D10-C8CB-4A39-BA56-9D1C7B7F55FC}">
-[...22 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52ED2722-2B2B-4719-9054-4FE1F250FCFC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="18c50232-20aa-4a3c-ac44-faa97072f9de"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3F4C931-492A-4D3D-88B7-A8B22E8EDB6D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFAB3D10-C8CB-4A39-BA56-9D1C7B7F55FC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE80B5BF-7B5F-44B3-BAA5-0C65F31C711B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFEFF872-8888-4568-8332-CE4981164CAF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{93ca2043-b579-4aec-b164-86dbed9516ae}" enabled="1" method="Privileged" siteId="{b524f606-f77a-4aa2-8da2-fe70343b0cce}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2330</Words>
-  <Characters>12145</Characters>
+  <Words>2388</Words>
+  <Characters>12468</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>714</Lines>
+  <Lines>692</Lines>
   <Paragraphs>371</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14104</CharactersWithSpaces>
+  <CharactersWithSpaces>14485</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>3670070</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>60</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://somersetsafeguardingchildren.org.uk/publication/multi-agency-step-up-step-down/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3407991</vt:i4>
       </vt:variant>
       <vt:variant>